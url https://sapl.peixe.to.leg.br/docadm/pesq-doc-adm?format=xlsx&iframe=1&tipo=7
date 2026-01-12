--- v0 (2025-10-28)
+++ v1 (2026-01-12)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1098" uniqueCount="520">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1158" uniqueCount="540">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo Documento/Sigla</t>
   </si>
   <si>
     <t>Tipo Documento/Descrição</t>
   </si>
   <si>
     <t>Assunto</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
@@ -1570,50 +1570,110 @@
     <t>Ata da Sessão Ordinária n° 030/2025 de 21/08/2025</t>
   </si>
   <si>
     <t>832</t>
   </si>
   <si>
     <t>Ata da Sessão Ordinária n° 031/2025 de 02/09/2025</t>
   </si>
   <si>
     <t>833</t>
   </si>
   <si>
     <t>Ata da Sessão Ordinária n° 032/2025 de 03/09/2025</t>
   </si>
   <si>
     <t>834</t>
   </si>
   <si>
     <t>Ata da Sessão Ordinária n° 033/2025 de 16/09/2025</t>
   </si>
   <si>
     <t>835</t>
   </si>
   <si>
     <t>Ata da Sessão Ordinária n° 034/2025 de 17/09/2025</t>
+  </si>
+  <si>
+    <t>898</t>
+  </si>
+  <si>
+    <t>Ata da Sessão Ordinária n° 035/2025 de 18/09/2025</t>
+  </si>
+  <si>
+    <t>899</t>
+  </si>
+  <si>
+    <t>Ata da Sessão Ordinária n° 036/2025 de 21/10/2025</t>
+  </si>
+  <si>
+    <t>900</t>
+  </si>
+  <si>
+    <t>Ata da Sessão Ordinária n° 037/2025 de 22/10/2025</t>
+  </si>
+  <si>
+    <t>901</t>
+  </si>
+  <si>
+    <t>Ata da Sessão Ordinária n° 038/2025 de 23/10/2025</t>
+  </si>
+  <si>
+    <t>902</t>
+  </si>
+  <si>
+    <t>Ata da Sessão Ordinária n° 039/2025 de 29/10/2025</t>
+  </si>
+  <si>
+    <t>903</t>
+  </si>
+  <si>
+    <t>Ata da Sessão Ordinária n° 040/2025 de 30/10/2025</t>
+  </si>
+  <si>
+    <t>904</t>
+  </si>
+  <si>
+    <t>Ata da Sessão Ordinária n° 041/2025 de 04/11/2025</t>
+  </si>
+  <si>
+    <t>905</t>
+  </si>
+  <si>
+    <t>Ata da Sessão Ordinária n° 042/2025 de 05/11/2025</t>
+  </si>
+  <si>
+    <t>906</t>
+  </si>
+  <si>
+    <t>Ata da Sessão Ordinária n° 043/2025 de 25/11/2025</t>
+  </si>
+  <si>
+    <t>907</t>
+  </si>
+  <si>
+    <t>Ata da Sessão Ordinária n° 044/2025 de 26/11/2025</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
@@ -1905,51 +1965,51 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:F183"/>
+  <dimension ref="A1:F193"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="20.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="25.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="112.85546875" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -5577,50 +5637,250 @@
       <c r="E182" t="s">
         <v>10</v>
       </c>
       <c r="F182" t="s">
         <v>517</v>
       </c>
     </row>
     <row r="183" spans="1:6">
       <c r="A183" t="s">
         <v>518</v>
       </c>
       <c r="B183" t="s">
         <v>452</v>
       </c>
       <c r="C183" t="s">
         <v>108</v>
       </c>
       <c r="D183" t="s">
         <v>9</v>
       </c>
       <c r="E183" t="s">
         <v>10</v>
       </c>
       <c r="F183" t="s">
         <v>519</v>
+      </c>
+    </row>
+    <row r="184" spans="1:6">
+      <c r="A184" t="s">
+        <v>520</v>
+      </c>
+      <c r="B184" t="s">
+        <v>452</v>
+      </c>
+      <c r="C184" t="s">
+        <v>111</v>
+      </c>
+      <c r="D184" t="s">
+        <v>9</v>
+      </c>
+      <c r="E184" t="s">
+        <v>10</v>
+      </c>
+      <c r="F184" t="s">
+        <v>521</v>
+      </c>
+    </row>
+    <row r="185" spans="1:6">
+      <c r="A185" t="s">
+        <v>522</v>
+      </c>
+      <c r="B185" t="s">
+        <v>452</v>
+      </c>
+      <c r="C185" t="s">
+        <v>114</v>
+      </c>
+      <c r="D185" t="s">
+        <v>9</v>
+      </c>
+      <c r="E185" t="s">
+        <v>10</v>
+      </c>
+      <c r="F185" t="s">
+        <v>523</v>
+      </c>
+    </row>
+    <row r="186" spans="1:6">
+      <c r="A186" t="s">
+        <v>524</v>
+      </c>
+      <c r="B186" t="s">
+        <v>452</v>
+      </c>
+      <c r="C186" t="s">
+        <v>117</v>
+      </c>
+      <c r="D186" t="s">
+        <v>9</v>
+      </c>
+      <c r="E186" t="s">
+        <v>10</v>
+      </c>
+      <c r="F186" t="s">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="187" spans="1:6">
+      <c r="A187" t="s">
+        <v>526</v>
+      </c>
+      <c r="B187" t="s">
+        <v>452</v>
+      </c>
+      <c r="C187" t="s">
+        <v>120</v>
+      </c>
+      <c r="D187" t="s">
+        <v>9</v>
+      </c>
+      <c r="E187" t="s">
+        <v>10</v>
+      </c>
+      <c r="F187" t="s">
+        <v>527</v>
+      </c>
+    </row>
+    <row r="188" spans="1:6">
+      <c r="A188" t="s">
+        <v>528</v>
+      </c>
+      <c r="B188" t="s">
+        <v>452</v>
+      </c>
+      <c r="C188" t="s">
+        <v>123</v>
+      </c>
+      <c r="D188" t="s">
+        <v>9</v>
+      </c>
+      <c r="E188" t="s">
+        <v>10</v>
+      </c>
+      <c r="F188" t="s">
+        <v>529</v>
+      </c>
+    </row>
+    <row r="189" spans="1:6">
+      <c r="A189" t="s">
+        <v>530</v>
+      </c>
+      <c r="B189" t="s">
+        <v>452</v>
+      </c>
+      <c r="C189" t="s">
+        <v>126</v>
+      </c>
+      <c r="D189" t="s">
+        <v>9</v>
+      </c>
+      <c r="E189" t="s">
+        <v>10</v>
+      </c>
+      <c r="F189" t="s">
+        <v>531</v>
+      </c>
+    </row>
+    <row r="190" spans="1:6">
+      <c r="A190" t="s">
+        <v>532</v>
+      </c>
+      <c r="B190" t="s">
+        <v>452</v>
+      </c>
+      <c r="C190" t="s">
+        <v>129</v>
+      </c>
+      <c r="D190" t="s">
+        <v>9</v>
+      </c>
+      <c r="E190" t="s">
+        <v>10</v>
+      </c>
+      <c r="F190" t="s">
+        <v>533</v>
+      </c>
+    </row>
+    <row r="191" spans="1:6">
+      <c r="A191" t="s">
+        <v>534</v>
+      </c>
+      <c r="B191" t="s">
+        <v>452</v>
+      </c>
+      <c r="C191" t="s">
+        <v>132</v>
+      </c>
+      <c r="D191" t="s">
+        <v>9</v>
+      </c>
+      <c r="E191" t="s">
+        <v>10</v>
+      </c>
+      <c r="F191" t="s">
+        <v>535</v>
+      </c>
+    </row>
+    <row r="192" spans="1:6">
+      <c r="A192" t="s">
+        <v>536</v>
+      </c>
+      <c r="B192" t="s">
+        <v>452</v>
+      </c>
+      <c r="C192" t="s">
+        <v>135</v>
+      </c>
+      <c r="D192" t="s">
+        <v>9</v>
+      </c>
+      <c r="E192" t="s">
+        <v>10</v>
+      </c>
+      <c r="F192" t="s">
+        <v>537</v>
+      </c>
+    </row>
+    <row r="193" spans="1:6">
+      <c r="A193" t="s">
+        <v>538</v>
+      </c>
+      <c r="B193" t="s">
+        <v>452</v>
+      </c>
+      <c r="C193" t="s">
+        <v>138</v>
+      </c>
+      <c r="D193" t="s">
+        <v>9</v>
+      </c>
+      <c r="E193" t="s">
+        <v>10</v>
+      </c>
+      <c r="F193" t="s">
+        <v>539</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>