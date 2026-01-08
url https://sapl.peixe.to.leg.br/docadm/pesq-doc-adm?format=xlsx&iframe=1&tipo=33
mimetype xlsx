--- v0 (2025-10-05)
+++ v1 (2026-01-08)
@@ -10,131 +10,205 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="42" uniqueCount="27">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="90" uniqueCount="51">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo Documento/Sigla</t>
   </si>
   <si>
     <t>Tipo Documento/Descrição</t>
   </si>
   <si>
     <t>Assunto</t>
   </si>
   <si>
+    <t>938</t>
+  </si>
+  <si>
+    <t>2025</t>
+  </si>
+  <si>
+    <t>0</t>
+  </si>
+  <si>
+    <t>PCF</t>
+  </si>
+  <si>
+    <t>Pauta Comissão de Finanças</t>
+  </si>
+  <si>
+    <t>Análise do Projeto de Lei n° 006/2025 de 02 de setembro de 2025, de autoria do PODER EXECUTIVO MUNICIPAL DE PEIXE - TO, o qual "DISPÕE SOBRE A REALIZAÇÃO DE PROCESSO SELETIVO PÚBLICO PARA O PROVIMENTO DE VAGAS DE AGENTRE COMUNITÁRIO DE SAÚDE E DE AGENTE DE COMBATE ÀS ENDEMIAS, NO ÂMBITO DO MUNICÍPIO DE PEIXE - TO, E DÁ OUTRAS PROVIDÊNCIAS".</t>
+  </si>
+  <si>
     <t>769</t>
   </si>
   <si>
-    <t>2025</t>
-[...1 lines deleted...]
-  <si>
     <t>1</t>
   </si>
   <si>
-    <t>PCF</t>
-[...4 lines deleted...]
-  <si>
     <t>Análise do Projeto de Lei N° 001/2025 de 06 de Março de 2025, de autoria do Poder Executivo Municipal de Peixe - TO, o qual "Dispõe sobre a reestruturação do Conselho Municipal de Turismo - COMTUR de Peixe - TO, instituído pela Lei Municipal n° 293/1995, de 10 de Abril de 1995, e dá outras providências".</t>
   </si>
   <si>
     <t>770</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>Análise do Projeto de Resolução N° 002/2025 de 11 de Março de 2025, de autoria do Poder Legislativo Municipal de Peixe- TO, o qual "Dispõe sobre a alteração da Resolução n°001/2022, que autorizou a concessão de auxílio alimentação aos servidores da Câmara Municipal de Peixe - TO, para reajustar o seu valor e dá outras providências".</t>
   </si>
   <si>
     <t>771</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>Análise do Projeto d Resolução n° 001/2025 de 11 de março de 2025, de autoria do Poder Legislativo Municipal de Peixe - TO, o qual "Reestrutura, cria, extingue, desmembra cargo e reajusta valor da remunerações dos cargos efetivos, contratados e comissionados e consolida a estrutura administrativa de pessoal da Câmara Municipal de Peixe e dá outras providências".</t>
   </si>
   <si>
     <t>772</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>Análise de Projeto de Resolução n° 003/2025 de 20 de março de 2025, de autoria do Poder Legislativo Municipal de Peixe - TO, o qual "Autoriza o poder legislativo municipal a contratar temporariamente servidores para atender excepcional interesse público, nos termos do inciso IX do art. 37 da CF, e dá outras providências".</t>
   </si>
   <si>
     <t>773</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>Análise do Projeto de Lei n° 002/2025 de 14 de março de 2025, de autoria do Poder Executivo Municipal a adquirir por desapropriação pela forma administrativa amigável ou judicial, de áreas de terrenos urbanos declarados como de utilidade pública que especifica, e dá outras providências".</t>
   </si>
   <si>
     <t>774</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>Análise do Projeto de Lei n° 002/2025 de 14 de março de 2025, de autoria do Poder Executivo Municipal de Peixe - TO, o qual "Altera o art. 33 e anexo I - 03,09 e 13, da Lei n° 848/2024, de 20 de dezembro de 2024, para inserção dos cargos de: administrador tributário, assessor técnico especial, diretor de oficina e diretor de enfermagem da unidade da unidade hospitalar no quadro de servidores das respectivas secretarias municipais de Peixe - TO, e dá outras providências".</t>
+  </si>
+  <si>
+    <t>935</t>
+  </si>
+  <si>
+    <t>7</t>
+  </si>
+  <si>
+    <t>Análise do Projeto de Lei n° 004/2025 de 13 de maio de 2025, de autoria do PODER LEGISLATIVO MUNICIPAL DE PEIXE - TO, o qual "DISPÕE SOBRE A REGULAMENTAÇÃO DA LEI N° 14.129, DE 29 DE MARÇO DE 2021, NO ÂMBITO DO PODER LEGISLATIVO MUNICIPAL, INSTITUINDO O PROGRAMA GOVERNO DIGITAL DO LEGISLATIVO DE PEIXE - GDLP E DÁ OUTRAS PROVIDÊNCIAS".</t>
+  </si>
+  <si>
+    <t>936</t>
+  </si>
+  <si>
+    <t>8</t>
+  </si>
+  <si>
+    <t>Análise do Projeto de Lei n° 004/2025 de 16 de junho de 2025, de autoria do PODER EXECUTIVO MUNICIPAL DE PEIXE - TO, o qual "AUTORIZA A CONTRATAÇÃO DE PESSOAL, POR TEMPO DETERMINADO, PARA ATENDER A NECESSIDADE DE EXCEPCIONAL INTERESSE PÚBLICO, NOS TERMOS DO ART. 37, IX, DA CONSTITUIÇÃO FEDERAL, ART. 9°, IX, DA CONSTITUIÇÃO ESTADUAL E ART. 99, § 10, INCISOS III E IV DA LEI ORGÂNICA DO MUNICÍPIO, E DÁ OUTRAS PROVIDÊNCIAS".</t>
+  </si>
+  <si>
+    <t>937</t>
+  </si>
+  <si>
+    <t>9</t>
+  </si>
+  <si>
+    <t>Análise do Projeto de Lei n° 005/2025 de 18 de agosto de 2025, de autoria do PODER EXECUTIVO MUNICIPAL DE PEIXE - TO, o qual "DISPÕE SOBRE A AMPLIAÇÃO DO LIMITE PARA ABERTURA DE CRÉDITOS ADICIONAIS SUPLEMENTARES DURANTE A EXECUÇÃO DO ORÇAMENTO MUNICIPAL NO EXERCÍCIO DE 2025; ALTERA A REDAÇÃO DO INCISO I, DO ARTIGO 12 DA LEI DE DIRETRIZES ORÇAMENTÁRIA - LDO N° 850/2024, DE 20/12/2024; ALTERA A REDAÇÃO DO INCISO I, DO ART. 9°, DA LEI ORÇAMENTÁRIA ANUAL - LOA N° 851/2024, DE 20/12/2024, E DÁ OUTRAS PROVIDÊNCIAS".</t>
+  </si>
+  <si>
+    <t>939</t>
+  </si>
+  <si>
+    <t>10</t>
+  </si>
+  <si>
+    <t>Análise do Projeto de Lei n° 007/2025 de 09 de setembro de 2025 de autoria do PODER EXECUTIVO MUNICIPAL DE PEIXE - TO, o qual "DISPÕE SOBRE A IMPLANTAÇÃO E REGRAMENTO DO REGIME DE TRABALHO REMOTO (HOME OFFICE) NO ÂMBITO DA ADMINISTRAÇÃO MUNICIPAL DE PEIXE - TO, E DÁ OUTRAS PROVIDÊNCIAS".</t>
+  </si>
+  <si>
+    <t>940</t>
+  </si>
+  <si>
+    <t>11</t>
+  </si>
+  <si>
+    <t>Análise do Projeto de Lei n° 009/2025 de 09 de setembro de 2025 de autoria do PODER EXECUTIVO MUNICIPAL DE PEIXE - TO, o qual "DISPÕE SOBRE A PROIBIÇÃO/RESTRIÇÃO DE CIRCULAÇÃO E PERMANÊNCIA DE QUALQUER TIPO DE VEÍCULOS AUTOMOTORES SOBRE A FAIXA DE AREIA DA ILHA DA TARTARUGA, EM ESPECIAL DURANTE O PERÍODO DE TEMPORADA DE PRAIA, E DÁ OUTRAS PROVIDÊNCIAS"._x000D_
+Texto Integral</t>
+  </si>
+  <si>
+    <t>941</t>
+  </si>
+  <si>
+    <t>12</t>
+  </si>
+  <si>
+    <t>Análise de Projeto de Lei n° 011/2025 de 12 de setembro de 2025 de autoria do PODER EXECUTIVO MUNICIPAL DE PEIXE - TO, o qual "DISPÕE SOBRE A PRORROGAÇÃO, ATÉ 24 DE JUNHO DE 2027, A VIGÊNCIA DO PLANO MUNICIPAL DE EDUCUÇÃO APROVADO POR MEIO DA LEI N° 704, DE 24 DE JUNHO DE 2015, E DÁ OUTRAS PROVIDÊNCIAS"._x000D_
+Texto Integral</t>
+  </si>
+  <si>
+    <t>942</t>
+  </si>
+  <si>
+    <t>13</t>
+  </si>
+  <si>
+    <t>Análise do Projeto de Lei n° 012/2025 de 12 de setembro de 2025 de autoria do PODER EXECUTIVO MUNICIPAL DE PEIXE - TO, o qual "AUTORIZA O EXECUTIVO MUNICIPAL A ADQUIRIR POR DESAPROPRIAÇÃO, PELA FORMA AMIGÁVEL OU POR VIA JUDICIAL, ÁREAS DE TERRENOS SUBURBANAS DECLARADAS COMO DE UTILIDADE PÚBLICA QUE ESPECIFICA, E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
@@ -426,51 +500,51 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:F7"/>
+  <dimension ref="A1:F15"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="20.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="26" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -578,50 +652,210 @@
       <c r="E6" t="s">
         <v>10</v>
       </c>
       <c r="F6" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" t="s">
         <v>24</v>
       </c>
       <c r="B7" t="s">
         <v>7</v>
       </c>
       <c r="C7" t="s">
         <v>25</v>
       </c>
       <c r="D7" t="s">
         <v>9</v>
       </c>
       <c r="E7" t="s">
         <v>10</v>
       </c>
       <c r="F7" t="s">
         <v>26</v>
+      </c>
+    </row>
+    <row r="8" spans="1:6">
+      <c r="A8" t="s">
+        <v>27</v>
+      </c>
+      <c r="B8" t="s">
+        <v>7</v>
+      </c>
+      <c r="C8" t="s">
+        <v>28</v>
+      </c>
+      <c r="D8" t="s">
+        <v>9</v>
+      </c>
+      <c r="E8" t="s">
+        <v>10</v>
+      </c>
+      <c r="F8" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="9" spans="1:6">
+      <c r="A9" t="s">
+        <v>30</v>
+      </c>
+      <c r="B9" t="s">
+        <v>7</v>
+      </c>
+      <c r="C9" t="s">
+        <v>31</v>
+      </c>
+      <c r="D9" t="s">
+        <v>9</v>
+      </c>
+      <c r="E9" t="s">
+        <v>10</v>
+      </c>
+      <c r="F9" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="10" spans="1:6">
+      <c r="A10" t="s">
+        <v>33</v>
+      </c>
+      <c r="B10" t="s">
+        <v>7</v>
+      </c>
+      <c r="C10" t="s">
+        <v>34</v>
+      </c>
+      <c r="D10" t="s">
+        <v>9</v>
+      </c>
+      <c r="E10" t="s">
+        <v>10</v>
+      </c>
+      <c r="F10" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="11" spans="1:6">
+      <c r="A11" t="s">
+        <v>36</v>
+      </c>
+      <c r="B11" t="s">
+        <v>7</v>
+      </c>
+      <c r="C11" t="s">
+        <v>37</v>
+      </c>
+      <c r="D11" t="s">
+        <v>9</v>
+      </c>
+      <c r="E11" t="s">
+        <v>10</v>
+      </c>
+      <c r="F11" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="12" spans="1:6">
+      <c r="A12" t="s">
+        <v>39</v>
+      </c>
+      <c r="B12" t="s">
+        <v>7</v>
+      </c>
+      <c r="C12" t="s">
+        <v>40</v>
+      </c>
+      <c r="D12" t="s">
+        <v>9</v>
+      </c>
+      <c r="E12" t="s">
+        <v>10</v>
+      </c>
+      <c r="F12" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="13" spans="1:6">
+      <c r="A13" t="s">
+        <v>42</v>
+      </c>
+      <c r="B13" t="s">
+        <v>7</v>
+      </c>
+      <c r="C13" t="s">
+        <v>43</v>
+      </c>
+      <c r="D13" t="s">
+        <v>9</v>
+      </c>
+      <c r="E13" t="s">
+        <v>10</v>
+      </c>
+      <c r="F13" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="14" spans="1:6">
+      <c r="A14" t="s">
+        <v>45</v>
+      </c>
+      <c r="B14" t="s">
+        <v>7</v>
+      </c>
+      <c r="C14" t="s">
+        <v>46</v>
+      </c>
+      <c r="D14" t="s">
+        <v>9</v>
+      </c>
+      <c r="E14" t="s">
+        <v>10</v>
+      </c>
+      <c r="F14" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="15" spans="1:6">
+      <c r="A15" t="s">
+        <v>48</v>
+      </c>
+      <c r="B15" t="s">
+        <v>7</v>
+      </c>
+      <c r="C15" t="s">
+        <v>49</v>
+      </c>
+      <c r="D15" t="s">
+        <v>9</v>
+      </c>
+      <c r="E15" t="s">
+        <v>10</v>
+      </c>
+      <c r="F15" t="s">
+        <v>50</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>