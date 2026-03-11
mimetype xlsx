--- v0 (2025-12-10)
+++ v1 (2026-03-11)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1116" uniqueCount="342">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1200" uniqueCount="370">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo Documento/Sigla</t>
   </si>
   <si>
     <t>Tipo Documento/Descrição</t>
   </si>
   <si>
     <t>Assunto</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
@@ -1036,50 +1036,134 @@
     <t>31</t>
   </si>
   <si>
     <t>875</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
     <t>878</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
     <t>879</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
     <t>880</t>
   </si>
   <si>
     <t>35</t>
+  </si>
+  <si>
+    <t>946</t>
+  </si>
+  <si>
+    <t>36</t>
+  </si>
+  <si>
+    <t>947</t>
+  </si>
+  <si>
+    <t>37</t>
+  </si>
+  <si>
+    <t>948</t>
+  </si>
+  <si>
+    <t>38</t>
+  </si>
+  <si>
+    <t>949</t>
+  </si>
+  <si>
+    <t>39</t>
+  </si>
+  <si>
+    <t>950</t>
+  </si>
+  <si>
+    <t>40</t>
+  </si>
+  <si>
+    <t>951</t>
+  </si>
+  <si>
+    <t>41</t>
+  </si>
+  <si>
+    <t>952</t>
+  </si>
+  <si>
+    <t>42</t>
+  </si>
+  <si>
+    <t>953</t>
+  </si>
+  <si>
+    <t>43</t>
+  </si>
+  <si>
+    <t>954</t>
+  </si>
+  <si>
+    <t>44</t>
+  </si>
+  <si>
+    <t>955</t>
+  </si>
+  <si>
+    <t>45</t>
+  </si>
+  <si>
+    <t>956</t>
+  </si>
+  <si>
+    <t>46</t>
+  </si>
+  <si>
+    <t>957</t>
+  </si>
+  <si>
+    <t>47</t>
+  </si>
+  <si>
+    <t>958</t>
+  </si>
+  <si>
+    <t>48</t>
+  </si>
+  <si>
+    <t>959</t>
+  </si>
+  <si>
+    <t>49</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
@@ -1371,51 +1455,51 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:F186"/>
+  <dimension ref="A1:F200"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="20.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="25.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="139.85546875" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -5103,50 +5187,330 @@
       <c r="E185" t="s">
         <v>10</v>
       </c>
       <c r="F185" t="s">
         <v>112</v>
       </c>
     </row>
     <row r="186" spans="1:6">
       <c r="A186" t="s">
         <v>340</v>
       </c>
       <c r="B186" t="s">
         <v>272</v>
       </c>
       <c r="C186" t="s">
         <v>341</v>
       </c>
       <c r="D186" t="s">
         <v>9</v>
       </c>
       <c r="E186" t="s">
         <v>10</v>
       </c>
       <c r="F186" t="s">
         <v>112</v>
+      </c>
+    </row>
+    <row r="187" spans="1:6">
+      <c r="A187" t="s">
+        <v>342</v>
+      </c>
+      <c r="B187" t="s">
+        <v>272</v>
+      </c>
+      <c r="C187" t="s">
+        <v>343</v>
+      </c>
+      <c r="D187" t="s">
+        <v>9</v>
+      </c>
+      <c r="E187" t="s">
+        <v>10</v>
+      </c>
+      <c r="F187" t="s">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="188" spans="1:6">
+      <c r="A188" t="s">
+        <v>344</v>
+      </c>
+      <c r="B188" t="s">
+        <v>272</v>
+      </c>
+      <c r="C188" t="s">
+        <v>345</v>
+      </c>
+      <c r="D188" t="s">
+        <v>9</v>
+      </c>
+      <c r="E188" t="s">
+        <v>10</v>
+      </c>
+      <c r="F188" t="s">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="189" spans="1:6">
+      <c r="A189" t="s">
+        <v>346</v>
+      </c>
+      <c r="B189" t="s">
+        <v>272</v>
+      </c>
+      <c r="C189" t="s">
+        <v>347</v>
+      </c>
+      <c r="D189" t="s">
+        <v>9</v>
+      </c>
+      <c r="E189" t="s">
+        <v>10</v>
+      </c>
+      <c r="F189" t="s">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="190" spans="1:6">
+      <c r="A190" t="s">
+        <v>348</v>
+      </c>
+      <c r="B190" t="s">
+        <v>272</v>
+      </c>
+      <c r="C190" t="s">
+        <v>349</v>
+      </c>
+      <c r="D190" t="s">
+        <v>9</v>
+      </c>
+      <c r="E190" t="s">
+        <v>10</v>
+      </c>
+      <c r="F190" t="s">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="191" spans="1:6">
+      <c r="A191" t="s">
+        <v>350</v>
+      </c>
+      <c r="B191" t="s">
+        <v>272</v>
+      </c>
+      <c r="C191" t="s">
+        <v>351</v>
+      </c>
+      <c r="D191" t="s">
+        <v>9</v>
+      </c>
+      <c r="E191" t="s">
+        <v>10</v>
+      </c>
+      <c r="F191" t="s">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="192" spans="1:6">
+      <c r="A192" t="s">
+        <v>352</v>
+      </c>
+      <c r="B192" t="s">
+        <v>272</v>
+      </c>
+      <c r="C192" t="s">
+        <v>353</v>
+      </c>
+      <c r="D192" t="s">
+        <v>9</v>
+      </c>
+      <c r="E192" t="s">
+        <v>10</v>
+      </c>
+      <c r="F192" t="s">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="193" spans="1:6">
+      <c r="A193" t="s">
+        <v>354</v>
+      </c>
+      <c r="B193" t="s">
+        <v>272</v>
+      </c>
+      <c r="C193" t="s">
+        <v>355</v>
+      </c>
+      <c r="D193" t="s">
+        <v>9</v>
+      </c>
+      <c r="E193" t="s">
+        <v>10</v>
+      </c>
+      <c r="F193" t="s">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="194" spans="1:6">
+      <c r="A194" t="s">
+        <v>356</v>
+      </c>
+      <c r="B194" t="s">
+        <v>272</v>
+      </c>
+      <c r="C194" t="s">
+        <v>357</v>
+      </c>
+      <c r="D194" t="s">
+        <v>9</v>
+      </c>
+      <c r="E194" t="s">
+        <v>10</v>
+      </c>
+      <c r="F194" t="s">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="195" spans="1:6">
+      <c r="A195" t="s">
+        <v>358</v>
+      </c>
+      <c r="B195" t="s">
+        <v>272</v>
+      </c>
+      <c r="C195" t="s">
+        <v>359</v>
+      </c>
+      <c r="D195" t="s">
+        <v>9</v>
+      </c>
+      <c r="E195" t="s">
+        <v>10</v>
+      </c>
+      <c r="F195" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="196" spans="1:6">
+      <c r="A196" t="s">
+        <v>360</v>
+      </c>
+      <c r="B196" t="s">
+        <v>272</v>
+      </c>
+      <c r="C196" t="s">
+        <v>361</v>
+      </c>
+      <c r="D196" t="s">
+        <v>9</v>
+      </c>
+      <c r="E196" t="s">
+        <v>10</v>
+      </c>
+      <c r="F196" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="197" spans="1:6">
+      <c r="A197" t="s">
+        <v>362</v>
+      </c>
+      <c r="B197" t="s">
+        <v>272</v>
+      </c>
+      <c r="C197" t="s">
+        <v>363</v>
+      </c>
+      <c r="D197" t="s">
+        <v>9</v>
+      </c>
+      <c r="E197" t="s">
+        <v>10</v>
+      </c>
+      <c r="F197" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="198" spans="1:6">
+      <c r="A198" t="s">
+        <v>364</v>
+      </c>
+      <c r="B198" t="s">
+        <v>272</v>
+      </c>
+      <c r="C198" t="s">
+        <v>365</v>
+      </c>
+      <c r="D198" t="s">
+        <v>9</v>
+      </c>
+      <c r="E198" t="s">
+        <v>10</v>
+      </c>
+      <c r="F198" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="199" spans="1:6">
+      <c r="A199" t="s">
+        <v>366</v>
+      </c>
+      <c r="B199" t="s">
+        <v>272</v>
+      </c>
+      <c r="C199" t="s">
+        <v>367</v>
+      </c>
+      <c r="D199" t="s">
+        <v>9</v>
+      </c>
+      <c r="E199" t="s">
+        <v>10</v>
+      </c>
+      <c r="F199" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="200" spans="1:6">
+      <c r="A200" t="s">
+        <v>368</v>
+      </c>
+      <c r="B200" t="s">
+        <v>272</v>
+      </c>
+      <c r="C200" t="s">
+        <v>369</v>
+      </c>
+      <c r="D200" t="s">
+        <v>9</v>
+      </c>
+      <c r="E200" t="s">
+        <v>10</v>
+      </c>
+      <c r="F200" t="s">
+        <v>10</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>