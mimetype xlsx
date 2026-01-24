--- v0 (2025-10-26)
+++ v1 (2026-01-24)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="5322" uniqueCount="1551">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="5706" uniqueCount="1658">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo Documento/Sigla</t>
   </si>
   <si>
     <t>Tipo Documento/Descrição</t>
   </si>
   <si>
     <t>Assunto</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
     <t>2017</t>
   </si>
   <si>
@@ -3564,50 +3564,71 @@
   <si>
     <t>713</t>
   </si>
   <si>
     <t>639</t>
   </si>
   <si>
     <t>200ª Sessão Ordinária da Câmara Municipal de 12 de dezembro de 2024</t>
   </si>
   <si>
     <t>714</t>
   </si>
   <si>
     <t>864</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>0</t>
   </si>
   <si>
     <t>Presença dos Vereadores na Sessão Extraordinária para Eleição da Mesa Diretora</t>
   </si>
   <si>
+    <t>930</t>
+  </si>
+  <si>
+    <t>PCC</t>
+  </si>
+  <si>
+    <t>Pauta Comissão de Constituição</t>
+  </si>
+  <si>
+    <t>Análise do Projeto de Lei n° 006/2025 de 02 de setembro de 2025, de autoria do PODER EXECUTIVO MUNICIPAL DE PEIXE - TO, o qual "DISPÕE SOBRE A REALIZAÇÃO DE PROCESSO SELETIVO PÚBLICO PARA O PROVIMENTO DE VAGAS DE AGENTRE COMUNITÁRIO DE SAÚDE E DE AGENTE DE COMBATE ÀS ENDEMIAS, NO ÂMBITO DO MUNICÍPIO DE PEIXE - TO, E DÁ OUTRAS PROVIDÊNCIAS".</t>
+  </si>
+  <si>
+    <t>938</t>
+  </si>
+  <si>
+    <t>PCF</t>
+  </si>
+  <si>
+    <t>Pauta Comissão de Finanças</t>
+  </si>
+  <si>
     <t>648</t>
   </si>
   <si>
     <t>Calendário das Sessões Ordinárias do ano de 2025.</t>
   </si>
   <si>
     <t>649</t>
   </si>
   <si>
     <t>PE</t>
   </si>
   <si>
     <t>Pregão Eletrônico</t>
   </si>
   <si>
     <t>Licitação para Registro de Preços, na modalidade Pregão, na forma Eletrônica, do tipo menor preço por item, regime de execução empreitada por preço unitário, para aquisição de combustível, data: 31 de janeiro de 2025, horas: 09h 00min (horário de Brasília-DF).</t>
   </si>
   <si>
     <t>652</t>
   </si>
   <si>
     <t>Dispõe sobre o horário de expediente administrativo da Câmara Municipal de Peixe/TО, а partir do dia 02 de janeiro de 2025, passa a ser das 07h00 às 13h00, de segunda a sexta-feira.</t>
   </si>
   <si>
     <t>654</t>
@@ -3756,92 +3777,92 @@
   <si>
     <t>VN</t>
   </si>
   <si>
     <t>Votações Nominais</t>
   </si>
   <si>
     <t>Inexistência de votações nominais nos anos de 2023 e 2024.</t>
   </si>
   <si>
     <t>738</t>
   </si>
   <si>
     <t>Plano de Contratação Anual da Câmara Municipal de Peixe/TO, PCA - 2025.</t>
   </si>
   <si>
     <t>747</t>
   </si>
   <si>
     <t>Ata da Sessão Ordinária n° 01 de 04/02/2025</t>
   </si>
   <si>
     <t>769</t>
   </si>
   <si>
-    <t>PCF</t>
-[...4 lines deleted...]
-  <si>
     <t>Análise do Projeto de Lei N° 001/2025 de 06 de Março de 2025, de autoria do Poder Executivo Municipal de Peixe - TO, o qual "Dispõe sobre a reestruturação do Conselho Municipal de Turismo - COMTUR de Peixe - TO, instituído pela Lei Municipal n° 293/1995, de 10 de Abril de 1995, e dá outras providências".</t>
   </si>
   <si>
     <t>775</t>
   </si>
   <si>
-    <t>PCC</t>
-[...4 lines deleted...]
-  <si>
     <t>Análise do Projeto de Lei N° 001/2025 de 06 de Março de 2025, de autoria do PODER EXECUTIVO MUNICIPAL DE PEIXE – TO, o qual “DISPÕE SOBRE A RESTRUTURAÇÃO DO CONSELHO MUNICIPAL DE TURISMO – COMTUR DE PEIXE – TO, INSTITUIDO PELA LEI MUNICIPAL N° 293/1995, DE 10 DE ABRIL DE 1995, E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>821</t>
   </si>
   <si>
     <t>PEI</t>
   </si>
   <si>
     <t>Plano Estratégico Institucional</t>
   </si>
   <si>
     <t>Declaração e Justificativa da não elaboração e publicação de seu Plano Estratégico Institucional.</t>
   </si>
   <si>
     <t>836</t>
   </si>
   <si>
     <t>Ata da Sessão Extraordinária n° 001 de 02/07/2025</t>
   </si>
   <si>
     <t>861</t>
   </si>
   <si>
+    <t>922</t>
+  </si>
+  <si>
+    <t>AM</t>
+  </si>
+  <si>
+    <t>Ato da Mesa Diretora</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a licença do vereador titular do mandato Luzimar de Souza Carneiro e convocação da 1ª Suplente do partido Republicanos, a Sra. Rosane Nascimento Borges Fortes, para assumir a vaga na Câmara Municipal de Peixe/TO.</t>
+  </si>
+  <si>
     <t>653</t>
   </si>
   <si>
     <t>Dispõe sobre desvio de função a servidora efetiva Neuzair Menezes De Santana, para exercer a função de Recepcionista e Telefonista, da Câmara Municipal de Peixe/TO, a partir do dia 13 de janeiro de 2025.</t>
   </si>
   <si>
     <t>656</t>
   </si>
   <si>
     <t>Declara a inexistência de concursos ou seleções públicas no período de 1999 a 2025.</t>
   </si>
   <si>
     <t>679</t>
   </si>
   <si>
     <t>Nomeia servidora em comissão e dá outras providências.</t>
   </si>
   <si>
     <t>693</t>
   </si>
   <si>
     <t>2° Sessão ordinária da Câmara Municipal de 05 de Fevereiro de 2025</t>
   </si>
   <si>
     <t>722</t>
@@ -3888,89 +3909,95 @@
   <si>
     <t>Ata da Sessão Extraordinária n° 002 de 03/07/2025</t>
   </si>
   <si>
     <t>862</t>
   </si>
   <si>
     <t>882</t>
   </si>
   <si>
     <t>Inexistência de contratação de estagiários no ano de 2025.</t>
   </si>
   <si>
     <t>883</t>
   </si>
   <si>
     <t>Inexistência de contratação de terceirizados no ano de 2025.</t>
   </si>
   <si>
     <t>885</t>
   </si>
   <si>
     <t>Inexistência de adesões a Atas de Registro de Preços (Atas de Adesão - SRP) no ano de 2025.</t>
   </si>
   <si>
-    <t>887</t>
-[...4 lines deleted...]
-  <si>
     <t>888</t>
   </si>
   <si>
     <t>Inexistência de transferências realizadas a partir da celebração de acordos/ajustes, por este Poder Legislativo no ano de 2025.</t>
   </si>
   <si>
     <t>889</t>
   </si>
   <si>
     <t>Inexistência de transferências recebidas a partir da celebração de convênios/acordos, por este Poder Legislativo no ano de 2025.</t>
   </si>
   <si>
     <t>890</t>
   </si>
   <si>
     <t>Inexistência de obras paralisadas no âmbito desta Câmara Municipal no ano de 2025.</t>
   </si>
   <si>
     <t>891</t>
   </si>
   <si>
     <t>Inexistência de cotas para exercício da atividade parlamentar/verba indenizatória no ano de 2025.</t>
   </si>
   <si>
     <t>892</t>
   </si>
   <si>
     <t>893</t>
   </si>
   <si>
     <t>894</t>
   </si>
   <si>
+    <t>896</t>
+  </si>
+  <si>
+    <t>Acordos firmados que não envolvam transferência de recursos financeiros no ano de 2025.</t>
+  </si>
+  <si>
+    <t>923</t>
+  </si>
+  <si>
+    <t>Dispõe sobre alteração de horário e dias de Sessões Ordinárias da Câmara Municipal de Peixe/TO, no mês de dezembro de 2025.</t>
+  </si>
+  <si>
     <t>650</t>
   </si>
   <si>
     <t>Autoriza ponto facultativo nos dias 03, 04 e 05 de março de 2025, (segunda e terça-feira de Carnaval, e quarta-feira de Cinzas), nas repartições da Câmara Municipal de Peixe/TO.</t>
   </si>
   <si>
     <t>680</t>
   </si>
   <si>
     <t>694</t>
   </si>
   <si>
     <t>3° Sessão ordinária da Câmara Municipal de 25 de Fevereiro de 2025</t>
   </si>
   <si>
     <t>723</t>
   </si>
   <si>
     <t>749</t>
   </si>
   <si>
     <t>Ata da Sessão Ordinária n° 03 de 25/02/2025</t>
   </si>
   <si>
     <t>771</t>
@@ -4119,248 +4146,358 @@
   <si>
     <t>Ata da Sessão Ordinária n° 06 de 11/03/2025</t>
   </si>
   <si>
     <t>774</t>
   </si>
   <si>
     <t>Análise do Projeto de Lei n° 002/2025 de 14 de março de 2025, de autoria do Poder Executivo Municipal de Peixe - TO, o qual "Altera o art. 33 e anexo I - 03,09 e 13, da Lei n° 848/2024, de 20 de dezembro de 2024, para inserção dos cargos de: administrador tributário, assessor técnico especial, diretor de oficina e diretor de enfermagem da unidade da unidade hospitalar no quadro de servidores das respectivas secretarias municipais de Peixe - TO, e dá outras providências".</t>
   </si>
   <si>
     <t>780</t>
   </si>
   <si>
     <t>Análise do Projeto de Lei N° 002/2025 de 14 de março de 2025, de autoria do PODER EXECUTIVO MUNICIPAL DE PEIXE – TO, o qual “ALTERA O ART. 33 E ANEXO I- 03,09 E 13, DA LEI N° 848/2024, DE 20 DE DEZEMBRO DE 2024, PARA INSERÇÃO DOS CARGOS DE: ADMINISTRADOR TRIBUTÁRIO, ASSESSOR TÉCNICO ESPECIAL, DIRETOR DE OFICINA E DIRETOR DE ENFERMAGEM DA UNIDADE HOSPITALAR NO QUADRO DE SERVIDORES DAS RESPECTIVAS SECRETARIAS MUNICIPAIS DE PEIXE – TO, E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>784</t>
   </si>
   <si>
     <t>Autoriza a servidora a responder pelas informações do SICAP-AP e setor Recursos Humanos e dá outras providências.</t>
   </si>
   <si>
     <t>877</t>
   </si>
   <si>
+    <t>908</t>
+  </si>
+  <si>
+    <t>Ata da Sessão Extraordinária n° 006 de 11/09/2025</t>
+  </si>
+  <si>
     <t>684</t>
   </si>
   <si>
     <t>Nomeia servidor em comissão e dá outras providências.</t>
   </si>
   <si>
     <t>698</t>
   </si>
   <si>
     <t>7° Sessão ordinária da Câmara Municipal de 12 de Março de 2025</t>
   </si>
   <si>
     <t>717</t>
   </si>
   <si>
     <t>Dispõe sobre ponto facultativo na Câmara Municipal de Peixe/TO, no dia 02 de maio de 2025, em decorrência do feriado do Dia do Trabalhador (01/05/2025).</t>
   </si>
   <si>
     <t>727</t>
   </si>
   <si>
     <t>753</t>
   </si>
   <si>
     <t>Ata da Sessão Ordinária n° 07 de 12/03/2025</t>
   </si>
   <si>
+    <t>909</t>
+  </si>
+  <si>
+    <t>Ata da Sessão Extraordinária n° 007 de 17/11/2025</t>
+  </si>
+  <si>
+    <t>927</t>
+  </si>
+  <si>
+    <t>Análise do Projeto de Lei n° 004/2025 de 13 de maio de 2025, de autoria do PODER LEGISLATIVO MUNICIPAL DE PEIXE - TO, o qual "DISPÕE SOBRE A REGULAMENTAÇÃO DA LEI N° 14.129, DE 29 DE MARÇO DE 2021, NO ÂMBITO DO PODER LEGISLATIVO MUNICIPAL, INSTITUINDO O PROGRAMA GOVERNO DIGITAL DO LEGISLATIVO DE PEIXE - GDLP E DÁ OUTRAS PROVIDÊNCIAS".</t>
+  </si>
+  <si>
+    <t>935</t>
+  </si>
+  <si>
+    <t>943</t>
+  </si>
+  <si>
     <t>685</t>
   </si>
   <si>
     <t>Nomeia servidor em cargo de comissão e dá outras providências.</t>
   </si>
   <si>
     <t>699</t>
   </si>
   <si>
     <t>8° Sessão ordinária da Câmara Municipal de 18 de Março de 2025</t>
   </si>
   <si>
     <t>728</t>
   </si>
   <si>
     <t>754</t>
   </si>
   <si>
     <t>Ata da Sessão Ordinária n° 08 de 18/03/2025</t>
   </si>
   <si>
     <t>764</t>
   </si>
   <si>
     <t>Dispõe sobre antecipação das Sessões Ordinárias que seriam realizadas nos dias 10 e 11 de junho de 2025, para realizarem-se nos dias 02 e 03 de junho do corrente ano.</t>
   </si>
   <si>
+    <t>910</t>
+  </si>
+  <si>
+    <t>Ata da Sessão Extraordinária n° 008 de 25/11/2025</t>
+  </si>
+  <si>
+    <t>928</t>
+  </si>
+  <si>
+    <t>Análise do Projeto de Lei n° 004/2025 de 16 de junho de 2025, de autoria do PODER EXECUTIVO MUNICIPAL DE PEIXE - TO, o qual "AUTORIZA A CONTRATAÇÃO DE PESSOAL, POR TEMPO DETERMINADO, PARA ATENDER A NECESSIDADE DE EXCEPCIONAL INTERESSE PÚBLICO, NOS TERMOS DO ART. 37, IX, DA CONSTITUIÇÃO FEDERAL, ART. 9°, IX, DA CONSTITUIÇÃO ESTADUAL E ART. 99, § 10, INCISOS III E IV DA LEI ORGÂNICA DO MUNICÍPIO, E DÁ OUTRAS PROVIDÊNCIAS".</t>
+  </si>
+  <si>
+    <t>936</t>
+  </si>
+  <si>
+    <t>944</t>
+  </si>
+  <si>
     <t>686</t>
   </si>
   <si>
     <t>700</t>
   </si>
   <si>
     <t>9° Sessão ordinária da Câmara Municipal de 19 de Março de 2025</t>
   </si>
   <si>
     <t>729</t>
   </si>
   <si>
     <t>755</t>
   </si>
   <si>
     <t>Ata da Sessão Ordinária n° 09 de 19/03/2025</t>
   </si>
   <si>
     <t>868</t>
   </si>
   <si>
     <t>Inclusão de Rubrica Orçamentária para realização de concurso público.</t>
   </si>
   <si>
+    <t>929</t>
+  </si>
+  <si>
+    <t>Análise do Projeto de Lei n° 005/2025 de 18 de agosto de 2025, de autoria do PODER EXECUTIVO MUNICIPAL DE PEIXE - TO, o qual "DISPÕE SOBRE A AMPLIAÇÃO DO LIMITE PARA ABERTURA DE CRÉDITOS ADICIONAIS SUPLEMENTARES DURANTE A EXECUÇÃO DO ORÇAMENTO MUNICIPAL NO EXERCÍCIO DE 2025; ALTERA A REDAÇÃO DO INCISO I, DO ARTIGO 12 DA LEI DE DIRETRIZES ORÇAMENTÁRIA - LDO N° 850/2024, DE 20/12/2024; ALTERA A REDAÇÃO DO INCISO I, DO ART. 9°, DA LEI ORÇAMENTÁRIA ANUAL - LOA N° 851/2024, DE 20/12/2024, E DÁ OUTRAS PROVIDÊNCIAS".</t>
+  </si>
+  <si>
+    <t>937</t>
+  </si>
+  <si>
+    <t>945</t>
+  </si>
+  <si>
     <t>687</t>
   </si>
   <si>
     <t>Concede disponibilidade de servidora e dá outras providências.</t>
   </si>
   <si>
     <t>701</t>
   </si>
   <si>
     <t>10° Sessão ordinária da Câmara Municipal de 20 de Março de 2025</t>
   </si>
   <si>
     <t>730</t>
   </si>
   <si>
     <t>756</t>
   </si>
   <si>
     <t>Ata da Sessão Ordinária n° 10 de 20/03/2025</t>
   </si>
   <si>
     <t>855</t>
   </si>
   <si>
     <t>Dispõe sobre adiamento das Sessões Ordinárias dos dias 07 e 08/10/2025 para serem realizadas nos dias 14 e 15/10/2025, devido a participação dos vereadores desta Casa na capacitação oferecida pela UVB - União dos Vereadores do Brasil em Brasília/DF, que acontecerá entre os dias 07 e 10/10/2025.</t>
   </si>
   <si>
+    <t>931</t>
+  </si>
+  <si>
+    <t>Análise do Projeto de Lei n° 007/2025 de 09 de setembro de 2025 de autoria do PODER EXECUTIVO MUNICIPAL DE PEIXE - TO, o qual "DISPÕE SOBRE A IMPLANTAÇÃO E REGRAMENTO DO REGIME DE TRABALHO REMOTO (HOME OFFICE) NO ÂMBITO DA ADMINISTRAÇÃO MUNICIPAL DE PEIXE - TO, E DÁ OUTRAS PROVIDÊNCIAS".</t>
+  </si>
+  <si>
+    <t>939</t>
+  </si>
+  <si>
     <t>688</t>
   </si>
   <si>
     <t>702</t>
   </si>
   <si>
     <t>11° Sessão ordinária da Câmara Municipal de 01 de Abril de 2025</t>
   </si>
   <si>
     <t>731</t>
   </si>
   <si>
     <t>757</t>
   </si>
   <si>
     <t>Ata da Sessão Ordinária n° 11 de 01/04/2025</t>
   </si>
   <si>
     <t>881</t>
   </si>
   <si>
     <t>Dispõe sobre adiamento das Sessões Ordinárias dos dias 14 e 15/10/2025 para serem realizadas nos dias 29 e 30/10/2025, devido ao falecimento do Sr. Silvio de Farias Campos ex-vereador e ex-vice prefeito do município de Peixe/TO, ocorrido em 14 de outubro de 2025.</t>
   </si>
   <si>
+    <t>932</t>
+  </si>
+  <si>
+    <t>Análise do Projeto de Lei n° 009/2025 de 09 de setembro de 2025 de autoria do PODER EXECUTIVO MUNICIPAL DE PEIXE - TO, o qual "DISPÕE SOBRE A PROIBIÇÃO/RESTRIÇÃO DE CIRCULAÇÃO E PERMANÊNCIA DE QUALQUER TIPO DE VEÍCULOS AUTOMOTORES SOBRE A FAIXA DE AREIA DA ILHA DA TARTARUGA, EM ESPECIAL DURANTE O PERÍODO DE TEMPORADA DE PRAIA, E DÁ OUTRAS PROVIDÊNCIAS".</t>
+  </si>
+  <si>
+    <t>940</t>
+  </si>
+  <si>
+    <t>Análise do Projeto de Lei n° 009/2025 de 09 de setembro de 2025 de autoria do PODER EXECUTIVO MUNICIPAL DE PEIXE - TO, o qual "DISPÕE SOBRE A PROIBIÇÃO/RESTRIÇÃO DE CIRCULAÇÃO E PERMANÊNCIA DE QUALQUER TIPO DE VEÍCULOS AUTOMOTORES SOBRE A FAIXA DE AREIA DA ILHA DA TARTARUGA, EM ESPECIAL DURANTE O PERÍODO DE TEMPORADA DE PRAIA, E DÁ OUTRAS PROVIDÊNCIAS"._x000D_
+Texto Integral</t>
+  </si>
+  <si>
     <t>689</t>
   </si>
   <si>
     <t>Composição dos membros das comissões permanentes da câmara municipal de Peixe para o biênio da legislatura 2025/2026.</t>
   </si>
   <si>
     <t>703</t>
   </si>
   <si>
     <t>12° Sessão ordinária da Câmara Municipal de 02 de Abril de 2025</t>
   </si>
   <si>
     <t>732</t>
   </si>
   <si>
     <t>758</t>
   </si>
   <si>
     <t>Ata da Sessão Ordinária n° 12 de 02/04/2025</t>
   </si>
   <si>
     <t>895</t>
   </si>
   <si>
     <t>Dispõe sobre a antecipação do dia 28 para o dia 27 de outubro de 2025 (segunda-feira), o ponto facultativo em comemoração ao Dia do Servidor Público, nas repartições da Câmara Municipal de Peixe/TO.</t>
   </si>
   <si>
+    <t>933</t>
+  </si>
+  <si>
+    <t>Análise de Projeto de Lei n° 011/2025 de 12 de setembro de 2025 de autoria do PODER EXECUTIVO MUNICIPAL DE PEIXE - TO, o qual "DISPÕE SOBRE A PRORROGAÇÃO, ATÉ 24 DE JUNHO DE 2027, A VIGÊNCIA DO PLANO MUNICIPAL DE EDUCUÇÃO APROVADO POR MEIO DA LEI N° 704, DE 24 DE JUNHO DE 2015, E DÁ OUTRAS PROVIDÊNCIAS".</t>
+  </si>
+  <si>
+    <t>941</t>
+  </si>
+  <si>
+    <t>Análise de Projeto de Lei n° 011/2025 de 12 de setembro de 2025 de autoria do PODER EXECUTIVO MUNICIPAL DE PEIXE - TO, o qual "DISPÕE SOBRE A PRORROGAÇÃO, ATÉ 24 DE JUNHO DE 2027, A VIGÊNCIA DO PLANO MUNICIPAL DE EDUCUÇÃO APROVADO POR MEIO DA LEI N° 704, DE 24 DE JUNHO DE 2015, E DÁ OUTRAS PROVIDÊNCIAS"._x000D_
+Texto Integral</t>
+  </si>
+  <si>
     <t>690</t>
   </si>
   <si>
     <t>Nomeia servidor em cargo de comissão, como Gestor de Contratos Administrativos.</t>
   </si>
   <si>
     <t>733</t>
   </si>
   <si>
     <t>759</t>
   </si>
   <si>
     <t>Ata da Sessão Ordinária n° 13 de 14/04/2025</t>
   </si>
   <si>
     <t>798</t>
   </si>
   <si>
     <t>13° Sessão ordinária da Câmara Municipal de 14 de Abril de 2025</t>
   </si>
   <si>
+    <t>897</t>
+  </si>
+  <si>
+    <t>Dispõe sobre ponto facultativo na Câmara Municipal de Peixe/TO, no dia 21 de novembro de 2025, em decorrência do feriado nacional do Dia da Consciência Negra (20/11/2025).</t>
+  </si>
+  <si>
+    <t>934</t>
+  </si>
+  <si>
+    <t>Análise do Projeto de Lei n° 012/2025 de 12 de setembro de 2025 de autoria do PODER EXECUTIVO MUNICIPAL DE PEIXE - TO, o qual "AUTORIZA O EXECUTIVO MUNICIPAL A ADQUIRIR POR DESAPROPRIAÇÃO, PELA FORMA AMIGÁVEL OU POR VIA JUDICIAL, ÁREAS DE TERRENOS SUBURBANAS DECLARADAS COMO DE UTILIDADE PÚBLICA QUE ESPECIFICA, E DÁ OUTRAS PROVIDÊNCIAS".</t>
+  </si>
+  <si>
+    <t>942</t>
+  </si>
+  <si>
     <t>691</t>
   </si>
   <si>
     <t>Concede disponibilidade de servidora, para exercício do cargo eletivo de vereadora e dá outras providências.</t>
   </si>
   <si>
     <t>734</t>
   </si>
   <si>
     <t>760</t>
   </si>
   <si>
     <t>Ata da Sessão Ordinária n° 14 de 15/04/2025</t>
   </si>
   <si>
     <t>799</t>
   </si>
   <si>
     <t>14° Sessão ordinária da Câmara Municipal de 15 de Abril de 2025</t>
   </si>
   <si>
+    <t>960</t>
+  </si>
+  <si>
+    <t>Dispõe sobre o recesso administrativo da Câmara Municipal de Peixe/TO, no período de 23 de dezembro de 2025 a 09 de janeiro de 2026.</t>
+  </si>
+  <si>
     <t>735</t>
   </si>
   <si>
     <t>761</t>
   </si>
   <si>
     <t>Ata da Sessão Ordinária n° 15 de 16/04/2025</t>
   </si>
   <si>
     <t>785</t>
   </si>
   <si>
     <t>Exonera servidora do cargo de Ouvidoria e Assistente de Plenário.</t>
   </si>
   <si>
     <t>800</t>
   </si>
   <si>
     <t>15° Sessão ordinária da Câmara Municipal de 16 de Abril de 2025</t>
   </si>
   <si>
     <t>762</t>
   </si>
   <si>
     <t>Ata da Sessão Ordinária n° 16 de 06/05/2025</t>
@@ -4663,50 +4800,236 @@
     <t>853</t>
   </si>
   <si>
     <t>33° Sessão Ordinária da Câmara Municipal de 16 de Setembro de 2025</t>
   </si>
   <si>
     <t>878</t>
   </si>
   <si>
     <t>835</t>
   </si>
   <si>
     <t>Ata da Sessão Ordinária n° 034/2025 de 17/09/2025</t>
   </si>
   <si>
     <t>854</t>
   </si>
   <si>
     <t>34° Sessão Ordinária da Câmara Municipal de 17 de Setembro de 2025</t>
   </si>
   <si>
     <t>879</t>
   </si>
   <si>
     <t>880</t>
+  </si>
+  <si>
+    <t>898</t>
+  </si>
+  <si>
+    <t>Ata da Sessão Ordinária n° 035/2025 de 18/09/2025</t>
+  </si>
+  <si>
+    <t>911</t>
+  </si>
+  <si>
+    <t>35° Sessão Ordinária da Câmara Municipal de 18 de Setembro de 2025</t>
+  </si>
+  <si>
+    <t>899</t>
+  </si>
+  <si>
+    <t>Ata da Sessão Ordinária n° 036/2025 de 21/10/2025</t>
+  </si>
+  <si>
+    <t>912</t>
+  </si>
+  <si>
+    <t>36° Sessão Ordinária da Câmara Municipal de 21 de Outubro de 2025</t>
+  </si>
+  <si>
+    <t>946</t>
+  </si>
+  <si>
+    <t>900</t>
+  </si>
+  <si>
+    <t>Ata da Sessão Ordinária n° 037/2025 de 22/10/2025</t>
+  </si>
+  <si>
+    <t>913</t>
+  </si>
+  <si>
+    <t>37° Sessão Ordinária da Câmara Municipal de 22 de Outubro de 2025</t>
+  </si>
+  <si>
+    <t>947</t>
+  </si>
+  <si>
+    <t>901</t>
+  </si>
+  <si>
+    <t>Ata da Sessão Ordinária n° 038/2025 de 23/10/2025</t>
+  </si>
+  <si>
+    <t>914</t>
+  </si>
+  <si>
+    <t>38° Sessão Ordinária da Câmara Municipal de 23 de Outubro de 2025</t>
+  </si>
+  <si>
+    <t>948</t>
+  </si>
+  <si>
+    <t>902</t>
+  </si>
+  <si>
+    <t>Ata da Sessão Ordinária n° 039/2025 de 29/10/2025</t>
+  </si>
+  <si>
+    <t>915</t>
+  </si>
+  <si>
+    <t>39° Sessão Ordinária da Câmara Municipal de 29 de Outubro de 2025</t>
+  </si>
+  <si>
+    <t>949</t>
+  </si>
+  <si>
+    <t>903</t>
+  </si>
+  <si>
+    <t>Ata da Sessão Ordinária n° 040/2025 de 30/10/2025</t>
+  </si>
+  <si>
+    <t>916</t>
+  </si>
+  <si>
+    <t>40° Sessão Ordinária da Câmara Municipal de 30 de Outubro de 2025</t>
+  </si>
+  <si>
+    <t>950</t>
+  </si>
+  <si>
+    <t>904</t>
+  </si>
+  <si>
+    <t>Ata da Sessão Ordinária n° 041/2025 de 04/11/2025</t>
+  </si>
+  <si>
+    <t>917</t>
+  </si>
+  <si>
+    <t>41° Sessão Ordinária da Câmara Municipal de 04 de Novembro de 2025</t>
+  </si>
+  <si>
+    <t>951</t>
+  </si>
+  <si>
+    <t>905</t>
+  </si>
+  <si>
+    <t>Ata da Sessão Ordinária n° 042/2025 de 05/11/2025</t>
+  </si>
+  <si>
+    <t>918</t>
+  </si>
+  <si>
+    <t>42° Sessão Ordinária da Câmara Municipal de 05 de Novembro de 2025</t>
+  </si>
+  <si>
+    <t>952</t>
+  </si>
+  <si>
+    <t>906</t>
+  </si>
+  <si>
+    <t>Ata da Sessão Ordinária n° 043/2025 de 25/11/2025</t>
+  </si>
+  <si>
+    <t>919</t>
+  </si>
+  <si>
+    <t>43° Sessão Ordinária da Câmara Municipal de 25 de Novembro de 2025</t>
+  </si>
+  <si>
+    <t>953</t>
+  </si>
+  <si>
+    <t>907</t>
+  </si>
+  <si>
+    <t>Ata da Sessão Ordinária n° 044/2025 de 26/11/2025</t>
+  </si>
+  <si>
+    <t>920</t>
+  </si>
+  <si>
+    <t>44° Sessão Ordinária da Câmara Municipal de 26 de Novembro de 2025</t>
+  </si>
+  <si>
+    <t>954</t>
+  </si>
+  <si>
+    <t>921</t>
+  </si>
+  <si>
+    <t>45° Sessão Ordinária da Câmara Municipal de 27 de Novembro de 2025</t>
+  </si>
+  <si>
+    <t>955</t>
+  </si>
+  <si>
+    <t>924</t>
+  </si>
+  <si>
+    <t>46° Sessão Ordinária da Câmara Municipal de 08 de Dezembro de 2025</t>
+  </si>
+  <si>
+    <t>956</t>
+  </si>
+  <si>
+    <t>925</t>
+  </si>
+  <si>
+    <t>47° Sessão Ordinária da Câmara Municipal de 09 de Dezembro de 2025</t>
+  </si>
+  <si>
+    <t>957</t>
+  </si>
+  <si>
+    <t>926</t>
+  </si>
+  <si>
+    <t>48° Sessão Ordinária da Câmara Municipal de 10 de Dezembro de 2025</t>
+  </si>
+  <si>
+    <t>958</t>
+  </si>
+  <si>
+    <t>959</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
@@ -4998,51 +5321,51 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:F887"/>
+  <dimension ref="A1:F951"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="20.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="40.140625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -18860,3940 +19183,5220 @@
       </c>
       <c r="B692" t="s">
         <v>1181</v>
       </c>
       <c r="C692" t="s">
         <v>1182</v>
       </c>
       <c r="D692" t="s">
         <v>204</v>
       </c>
       <c r="E692" t="s">
         <v>205</v>
       </c>
       <c r="F692" t="s">
         <v>1183</v>
       </c>
     </row>
     <row r="693" spans="1:6">
       <c r="A693" t="s">
         <v>1184</v>
       </c>
       <c r="B693" t="s">
         <v>1181</v>
       </c>
       <c r="C693" t="s">
-        <v>8</v>
+        <v>1182</v>
       </c>
       <c r="D693" t="s">
-        <v>9</v>
+        <v>1185</v>
       </c>
       <c r="E693" t="s">
-        <v>10</v>
+        <v>1186</v>
       </c>
       <c r="F693" t="s">
-        <v>1185</v>
+        <v>1187</v>
       </c>
     </row>
     <row r="694" spans="1:6">
       <c r="A694" t="s">
-        <v>1186</v>
+        <v>1188</v>
       </c>
       <c r="B694" t="s">
         <v>1181</v>
       </c>
       <c r="C694" t="s">
-        <v>8</v>
+        <v>1182</v>
       </c>
       <c r="D694" t="s">
+        <v>1189</v>
+      </c>
+      <c r="E694" t="s">
+        <v>1190</v>
+      </c>
+      <c r="F694" t="s">
         <v>1187</v>
-      </c>
-[...4 lines deleted...]
-        <v>1189</v>
       </c>
     </row>
     <row r="695" spans="1:6">
       <c r="A695" t="s">
-        <v>1190</v>
+        <v>1191</v>
       </c>
       <c r="B695" t="s">
         <v>1181</v>
       </c>
       <c r="C695" t="s">
         <v>8</v>
       </c>
       <c r="D695" t="s">
-        <v>25</v>
+        <v>9</v>
       </c>
       <c r="E695" t="s">
-        <v>26</v>
+        <v>10</v>
       </c>
       <c r="F695" t="s">
-        <v>1191</v>
+        <v>1192</v>
       </c>
     </row>
     <row r="696" spans="1:6">
       <c r="A696" t="s">
-        <v>1192</v>
+        <v>1193</v>
       </c>
       <c r="B696" t="s">
         <v>1181</v>
       </c>
       <c r="C696" t="s">
         <v>8</v>
       </c>
       <c r="D696" t="s">
-        <v>831</v>
+        <v>1194</v>
       </c>
       <c r="E696" t="s">
-        <v>832</v>
+        <v>1195</v>
       </c>
       <c r="F696" t="s">
-        <v>1193</v>
+        <v>1196</v>
       </c>
     </row>
     <row r="697" spans="1:6">
       <c r="A697" t="s">
-        <v>1194</v>
+        <v>1197</v>
       </c>
       <c r="B697" t="s">
         <v>1181</v>
       </c>
       <c r="C697" t="s">
         <v>8</v>
       </c>
       <c r="D697" t="s">
-        <v>1195</v>
+        <v>25</v>
       </c>
       <c r="E697" t="s">
-        <v>1196</v>
+        <v>26</v>
       </c>
       <c r="F697" t="s">
-        <v>1197</v>
+        <v>1198</v>
       </c>
     </row>
     <row r="698" spans="1:6">
       <c r="A698" t="s">
-        <v>1198</v>
+        <v>1199</v>
       </c>
       <c r="B698" t="s">
         <v>1181</v>
       </c>
       <c r="C698" t="s">
         <v>8</v>
       </c>
       <c r="D698" t="s">
-        <v>1199</v>
+        <v>831</v>
       </c>
       <c r="E698" t="s">
+        <v>832</v>
+      </c>
+      <c r="F698" t="s">
         <v>1200</v>
-      </c>
-[...1 lines deleted...]
-        <v>1201</v>
       </c>
     </row>
     <row r="699" spans="1:6">
       <c r="A699" t="s">
-        <v>1202</v>
+        <v>1201</v>
       </c>
       <c r="B699" t="s">
         <v>1181</v>
       </c>
       <c r="C699" t="s">
         <v>8</v>
       </c>
       <c r="D699" t="s">
+        <v>1202</v>
+      </c>
+      <c r="E699" t="s">
         <v>1203</v>
       </c>
-      <c r="E699" t="s">
+      <c r="F699" t="s">
         <v>1204</v>
-      </c>
-[...1 lines deleted...]
-        <v>1205</v>
       </c>
     </row>
     <row r="700" spans="1:6">
       <c r="A700" t="s">
-        <v>1206</v>
+        <v>1205</v>
       </c>
       <c r="B700" t="s">
         <v>1181</v>
       </c>
       <c r="C700" t="s">
         <v>8</v>
       </c>
       <c r="D700" t="s">
-        <v>133</v>
+        <v>1206</v>
       </c>
       <c r="E700" t="s">
-        <v>134</v>
+        <v>1207</v>
       </c>
       <c r="F700" t="s">
-        <v>1207</v>
+        <v>1208</v>
       </c>
     </row>
     <row r="701" spans="1:6">
       <c r="A701" t="s">
-        <v>1208</v>
+        <v>1209</v>
       </c>
       <c r="B701" t="s">
         <v>1181</v>
       </c>
       <c r="C701" t="s">
         <v>8</v>
       </c>
       <c r="D701" t="s">
-        <v>1209</v>
+        <v>1210</v>
       </c>
       <c r="E701" t="s">
-        <v>1210</v>
+        <v>1211</v>
       </c>
       <c r="F701" t="s">
-        <v>1211</v>
+        <v>1212</v>
       </c>
     </row>
     <row r="702" spans="1:6">
       <c r="A702" t="s">
-        <v>1212</v>
+        <v>1213</v>
       </c>
       <c r="B702" t="s">
         <v>1181</v>
       </c>
       <c r="C702" t="s">
         <v>8</v>
       </c>
       <c r="D702" t="s">
-        <v>1213</v>
+        <v>133</v>
       </c>
       <c r="E702" t="s">
+        <v>134</v>
+      </c>
+      <c r="F702" t="s">
         <v>1214</v>
-      </c>
-[...1 lines deleted...]
-        <v>1215</v>
       </c>
     </row>
     <row r="703" spans="1:6">
       <c r="A703" t="s">
-        <v>1216</v>
+        <v>1215</v>
       </c>
       <c r="B703" t="s">
         <v>1181</v>
       </c>
       <c r="C703" t="s">
         <v>8</v>
       </c>
       <c r="D703" t="s">
+        <v>1216</v>
+      </c>
+      <c r="E703" t="s">
         <v>1217</v>
       </c>
-      <c r="E703" t="s">
+      <c r="F703" t="s">
         <v>1218</v>
-      </c>
-[...1 lines deleted...]
-        <v>1219</v>
       </c>
     </row>
     <row r="704" spans="1:6">
       <c r="A704" t="s">
-        <v>1220</v>
+        <v>1219</v>
       </c>
       <c r="B704" t="s">
         <v>1181</v>
       </c>
       <c r="C704" t="s">
         <v>8</v>
       </c>
       <c r="D704" t="s">
+        <v>1220</v>
+      </c>
+      <c r="E704" t="s">
         <v>1221</v>
       </c>
-      <c r="E704" t="s">
+      <c r="F704" t="s">
         <v>1222</v>
-      </c>
-[...1 lines deleted...]
-        <v>1223</v>
       </c>
     </row>
     <row r="705" spans="1:6">
       <c r="A705" t="s">
-        <v>1224</v>
+        <v>1223</v>
       </c>
       <c r="B705" t="s">
         <v>1181</v>
       </c>
       <c r="C705" t="s">
         <v>8</v>
       </c>
       <c r="D705" t="s">
+        <v>1224</v>
+      </c>
+      <c r="E705" t="s">
         <v>1225</v>
       </c>
-      <c r="E705" t="s">
+      <c r="F705" t="s">
         <v>1226</v>
-      </c>
-[...1 lines deleted...]
-        <v>1227</v>
       </c>
     </row>
     <row r="706" spans="1:6">
       <c r="A706" t="s">
-        <v>1228</v>
+        <v>1227</v>
       </c>
       <c r="B706" t="s">
         <v>1181</v>
       </c>
       <c r="C706" t="s">
         <v>8</v>
       </c>
       <c r="D706" t="s">
-        <v>126</v>
+        <v>1228</v>
       </c>
       <c r="E706" t="s">
-        <v>127</v>
+        <v>1229</v>
       </c>
       <c r="F706" t="s">
-        <v>1229</v>
+        <v>1230</v>
       </c>
     </row>
     <row r="707" spans="1:6">
       <c r="A707" t="s">
-        <v>1230</v>
+        <v>1231</v>
       </c>
       <c r="B707" t="s">
         <v>1181</v>
       </c>
       <c r="C707" t="s">
         <v>8</v>
       </c>
       <c r="D707" t="s">
-        <v>0</v>
+        <v>1232</v>
       </c>
       <c r="E707" t="s">
-        <v>130</v>
+        <v>1233</v>
       </c>
       <c r="F707" t="s">
-        <v>1231</v>
+        <v>1234</v>
       </c>
     </row>
     <row r="708" spans="1:6">
       <c r="A708" t="s">
-        <v>1232</v>
+        <v>1235</v>
       </c>
       <c r="B708" t="s">
         <v>1181</v>
       </c>
       <c r="C708" t="s">
         <v>8</v>
       </c>
       <c r="D708" t="s">
-        <v>122</v>
+        <v>126</v>
       </c>
       <c r="E708" t="s">
-        <v>123</v>
+        <v>127</v>
       </c>
       <c r="F708" t="s">
-        <v>1233</v>
+        <v>1236</v>
       </c>
     </row>
     <row r="709" spans="1:6">
       <c r="A709" t="s">
-        <v>1234</v>
+        <v>1237</v>
       </c>
       <c r="B709" t="s">
         <v>1181</v>
       </c>
       <c r="C709" t="s">
         <v>8</v>
       </c>
       <c r="D709" t="s">
-        <v>118</v>
+        <v>0</v>
       </c>
       <c r="E709" t="s">
-        <v>119</v>
+        <v>130</v>
       </c>
       <c r="F709" t="s">
-        <v>1235</v>
+        <v>1238</v>
       </c>
     </row>
     <row r="710" spans="1:6">
       <c r="A710" t="s">
-        <v>1236</v>
+        <v>1239</v>
       </c>
       <c r="B710" t="s">
         <v>1181</v>
       </c>
       <c r="C710" t="s">
         <v>8</v>
       </c>
       <c r="D710" t="s">
-        <v>223</v>
+        <v>122</v>
       </c>
       <c r="E710" t="s">
-        <v>224</v>
+        <v>123</v>
       </c>
       <c r="F710" t="s">
-        <v>1237</v>
+        <v>1240</v>
       </c>
     </row>
     <row r="711" spans="1:6">
       <c r="A711" t="s">
-        <v>1238</v>
+        <v>1241</v>
       </c>
       <c r="B711" t="s">
         <v>1181</v>
       </c>
       <c r="C711" t="s">
         <v>8</v>
       </c>
       <c r="D711" t="s">
-        <v>227</v>
+        <v>118</v>
       </c>
       <c r="E711" t="s">
-        <v>228</v>
+        <v>119</v>
       </c>
       <c r="F711" t="s">
-        <v>602</v>
+        <v>1242</v>
       </c>
     </row>
     <row r="712" spans="1:6">
       <c r="A712" t="s">
-        <v>1239</v>
+        <v>1243</v>
       </c>
       <c r="B712" t="s">
         <v>1181</v>
       </c>
       <c r="C712" t="s">
         <v>8</v>
       </c>
       <c r="D712" t="s">
-        <v>1240</v>
+        <v>223</v>
       </c>
       <c r="E712" t="s">
-        <v>1241</v>
+        <v>224</v>
       </c>
       <c r="F712" t="s">
-        <v>1242</v>
+        <v>1244</v>
       </c>
     </row>
     <row r="713" spans="1:6">
       <c r="A713" t="s">
-        <v>1243</v>
+        <v>1245</v>
       </c>
       <c r="B713" t="s">
         <v>1181</v>
       </c>
       <c r="C713" t="s">
         <v>8</v>
       </c>
       <c r="D713" t="s">
-        <v>825</v>
+        <v>227</v>
       </c>
       <c r="E713" t="s">
-        <v>826</v>
+        <v>228</v>
       </c>
       <c r="F713" t="s">
-        <v>1244</v>
+        <v>602</v>
       </c>
     </row>
     <row r="714" spans="1:6">
       <c r="A714" t="s">
-        <v>1245</v>
+        <v>1246</v>
       </c>
       <c r="B714" t="s">
         <v>1181</v>
       </c>
       <c r="C714" t="s">
         <v>8</v>
       </c>
       <c r="D714" t="s">
-        <v>219</v>
+        <v>1247</v>
       </c>
       <c r="E714" t="s">
-        <v>220</v>
+        <v>1248</v>
       </c>
       <c r="F714" t="s">
-        <v>1246</v>
+        <v>1249</v>
       </c>
     </row>
     <row r="715" spans="1:6">
       <c r="A715" t="s">
-        <v>1247</v>
+        <v>1250</v>
       </c>
       <c r="B715" t="s">
         <v>1181</v>
       </c>
       <c r="C715" t="s">
         <v>8</v>
       </c>
       <c r="D715" t="s">
-        <v>1248</v>
+        <v>825</v>
       </c>
       <c r="E715" t="s">
-        <v>1249</v>
+        <v>826</v>
       </c>
       <c r="F715" t="s">
-        <v>1250</v>
+        <v>1251</v>
       </c>
     </row>
     <row r="716" spans="1:6">
       <c r="A716" t="s">
-        <v>1251</v>
+        <v>1252</v>
       </c>
       <c r="B716" t="s">
         <v>1181</v>
       </c>
       <c r="C716" t="s">
         <v>8</v>
       </c>
       <c r="D716" t="s">
-        <v>1252</v>
+        <v>219</v>
       </c>
       <c r="E716" t="s">
+        <v>220</v>
+      </c>
+      <c r="F716" t="s">
         <v>1253</v>
-      </c>
-[...1 lines deleted...]
-        <v>1254</v>
       </c>
     </row>
     <row r="717" spans="1:6">
       <c r="A717" t="s">
-        <v>1255</v>
+        <v>1254</v>
       </c>
       <c r="B717" t="s">
         <v>1181</v>
       </c>
       <c r="C717" t="s">
         <v>8</v>
       </c>
       <c r="D717" t="s">
-        <v>1256</v>
+        <v>1189</v>
       </c>
       <c r="E717" t="s">
-        <v>1257</v>
+        <v>1190</v>
       </c>
       <c r="F717" t="s">
-        <v>1258</v>
+        <v>1255</v>
       </c>
     </row>
     <row r="718" spans="1:6">
       <c r="A718" t="s">
-        <v>1259</v>
+        <v>1256</v>
       </c>
       <c r="B718" t="s">
         <v>1181</v>
       </c>
       <c r="C718" t="s">
         <v>8</v>
       </c>
       <c r="D718" t="s">
-        <v>215</v>
+        <v>1185</v>
       </c>
       <c r="E718" t="s">
-        <v>216</v>
+        <v>1186</v>
       </c>
       <c r="F718" t="s">
-        <v>1260</v>
+        <v>1257</v>
       </c>
     </row>
     <row r="719" spans="1:6">
       <c r="A719" t="s">
-        <v>1261</v>
+        <v>1258</v>
       </c>
       <c r="B719" t="s">
         <v>1181</v>
       </c>
       <c r="C719" t="s">
         <v>8</v>
       </c>
       <c r="D719" t="s">
-        <v>204</v>
+        <v>1259</v>
       </c>
       <c r="E719" t="s">
-        <v>205</v>
+        <v>1260</v>
       </c>
       <c r="F719" t="s">
-        <v>883</v>
+        <v>1261</v>
       </c>
     </row>
     <row r="720" spans="1:6">
       <c r="A720" t="s">
         <v>1262</v>
       </c>
       <c r="B720" t="s">
         <v>1181</v>
       </c>
       <c r="C720" t="s">
-        <v>31</v>
+        <v>8</v>
       </c>
       <c r="D720" t="s">
-        <v>25</v>
+        <v>215</v>
       </c>
       <c r="E720" t="s">
-        <v>26</v>
+        <v>216</v>
       </c>
       <c r="F720" t="s">
         <v>1263</v>
       </c>
     </row>
     <row r="721" spans="1:6">
       <c r="A721" t="s">
         <v>1264</v>
       </c>
       <c r="B721" t="s">
         <v>1181</v>
       </c>
       <c r="C721" t="s">
-        <v>31</v>
+        <v>8</v>
       </c>
       <c r="D721" t="s">
-        <v>1195</v>
+        <v>204</v>
       </c>
       <c r="E721" t="s">
-        <v>1196</v>
+        <v>205</v>
       </c>
       <c r="F721" t="s">
-        <v>1265</v>
+        <v>883</v>
       </c>
     </row>
     <row r="722" spans="1:6">
       <c r="A722" t="s">
+        <v>1265</v>
+      </c>
+      <c r="B722" t="s">
+        <v>1181</v>
+      </c>
+      <c r="C722" t="s">
+        <v>8</v>
+      </c>
+      <c r="D722" t="s">
         <v>1266</v>
       </c>
-      <c r="B722" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E722" t="s">
-        <v>119</v>
+        <v>1267</v>
       </c>
       <c r="F722" t="s">
-        <v>1267</v>
+        <v>1268</v>
       </c>
     </row>
     <row r="723" spans="1:6">
       <c r="A723" t="s">
-        <v>1268</v>
+        <v>1269</v>
       </c>
       <c r="B723" t="s">
         <v>1181</v>
       </c>
       <c r="C723" t="s">
         <v>31</v>
       </c>
       <c r="D723" t="s">
-        <v>223</v>
+        <v>25</v>
       </c>
       <c r="E723" t="s">
-        <v>224</v>
+        <v>26</v>
       </c>
       <c r="F723" t="s">
-        <v>1269</v>
+        <v>1270</v>
       </c>
     </row>
     <row r="724" spans="1:6">
       <c r="A724" t="s">
-        <v>1270</v>
+        <v>1271</v>
       </c>
       <c r="B724" t="s">
         <v>1181</v>
       </c>
       <c r="C724" t="s">
         <v>31</v>
       </c>
       <c r="D724" t="s">
-        <v>227</v>
+        <v>1202</v>
       </c>
       <c r="E724" t="s">
-        <v>228</v>
+        <v>1203</v>
       </c>
       <c r="F724" t="s">
-        <v>602</v>
+        <v>1272</v>
       </c>
     </row>
     <row r="725" spans="1:6">
       <c r="A725" t="s">
-        <v>1271</v>
+        <v>1273</v>
       </c>
       <c r="B725" t="s">
         <v>1181</v>
       </c>
       <c r="C725" t="s">
         <v>31</v>
       </c>
       <c r="D725" t="s">
-        <v>1240</v>
+        <v>118</v>
       </c>
       <c r="E725" t="s">
-        <v>1241</v>
+        <v>119</v>
       </c>
       <c r="F725" t="s">
-        <v>1272</v>
+        <v>1274</v>
       </c>
     </row>
     <row r="726" spans="1:6">
       <c r="A726" t="s">
-        <v>1273</v>
+        <v>1275</v>
       </c>
       <c r="B726" t="s">
         <v>1181</v>
       </c>
       <c r="C726" t="s">
         <v>31</v>
       </c>
       <c r="D726" t="s">
-        <v>1221</v>
+        <v>223</v>
       </c>
       <c r="E726" t="s">
-        <v>1222</v>
+        <v>224</v>
       </c>
       <c r="F726" t="s">
-        <v>1274</v>
+        <v>1276</v>
       </c>
     </row>
     <row r="727" spans="1:6">
       <c r="A727" t="s">
-        <v>1275</v>
+        <v>1277</v>
       </c>
       <c r="B727" t="s">
         <v>1181</v>
       </c>
       <c r="C727" t="s">
         <v>31</v>
       </c>
       <c r="D727" t="s">
-        <v>219</v>
+        <v>227</v>
       </c>
       <c r="E727" t="s">
-        <v>220</v>
+        <v>228</v>
       </c>
       <c r="F727" t="s">
-        <v>1276</v>
+        <v>602</v>
       </c>
     </row>
     <row r="728" spans="1:6">
       <c r="A728" t="s">
-        <v>1277</v>
+        <v>1278</v>
       </c>
       <c r="B728" t="s">
         <v>1181</v>
       </c>
       <c r="C728" t="s">
         <v>31</v>
       </c>
       <c r="D728" t="s">
+        <v>1247</v>
+      </c>
+      <c r="E728" t="s">
         <v>1248</v>
       </c>
-      <c r="E728" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F728" t="s">
-        <v>1278</v>
+        <v>1279</v>
       </c>
     </row>
     <row r="729" spans="1:6">
       <c r="A729" t="s">
-        <v>1279</v>
+        <v>1280</v>
       </c>
       <c r="B729" t="s">
         <v>1181</v>
       </c>
       <c r="C729" t="s">
         <v>31</v>
       </c>
       <c r="D729" t="s">
-        <v>1252</v>
+        <v>1228</v>
       </c>
       <c r="E729" t="s">
-        <v>1253</v>
+        <v>1229</v>
       </c>
       <c r="F729" t="s">
-        <v>1280</v>
+        <v>1281</v>
       </c>
     </row>
     <row r="730" spans="1:6">
       <c r="A730" t="s">
-        <v>1281</v>
+        <v>1282</v>
       </c>
       <c r="B730" t="s">
         <v>1181</v>
       </c>
       <c r="C730" t="s">
         <v>31</v>
       </c>
       <c r="D730" t="s">
-        <v>1256</v>
+        <v>219</v>
       </c>
       <c r="E730" t="s">
-        <v>1257</v>
+        <v>220</v>
       </c>
       <c r="F730" t="s">
-        <v>1282</v>
+        <v>1283</v>
       </c>
     </row>
     <row r="731" spans="1:6">
       <c r="A731" t="s">
-        <v>1283</v>
+        <v>1284</v>
       </c>
       <c r="B731" t="s">
         <v>1181</v>
       </c>
       <c r="C731" t="s">
         <v>31</v>
       </c>
       <c r="D731" t="s">
-        <v>215</v>
+        <v>1189</v>
       </c>
       <c r="E731" t="s">
-        <v>216</v>
+        <v>1190</v>
       </c>
       <c r="F731" t="s">
-        <v>1284</v>
+        <v>1285</v>
       </c>
     </row>
     <row r="732" spans="1:6">
       <c r="A732" t="s">
-        <v>1285</v>
+        <v>1286</v>
       </c>
       <c r="B732" t="s">
         <v>1181</v>
       </c>
       <c r="C732" t="s">
         <v>31</v>
       </c>
       <c r="D732" t="s">
-        <v>204</v>
+        <v>1185</v>
       </c>
       <c r="E732" t="s">
-        <v>205</v>
+        <v>1186</v>
       </c>
       <c r="F732" t="s">
-        <v>883</v>
+        <v>1287</v>
       </c>
     </row>
     <row r="733" spans="1:6">
       <c r="A733" t="s">
-        <v>1286</v>
+        <v>1288</v>
       </c>
       <c r="B733" t="s">
         <v>1181</v>
       </c>
       <c r="C733" t="s">
         <v>31</v>
       </c>
       <c r="D733" t="s">
-        <v>1199</v>
+        <v>1259</v>
       </c>
       <c r="E733" t="s">
-        <v>1200</v>
+        <v>1260</v>
       </c>
       <c r="F733" t="s">
-        <v>1287</v>
+        <v>1289</v>
       </c>
     </row>
     <row r="734" spans="1:6">
       <c r="A734" t="s">
-        <v>1288</v>
+        <v>1290</v>
       </c>
       <c r="B734" t="s">
         <v>1181</v>
       </c>
       <c r="C734" t="s">
         <v>31</v>
       </c>
       <c r="D734" t="s">
-        <v>1203</v>
+        <v>215</v>
       </c>
       <c r="E734" t="s">
-        <v>1204</v>
+        <v>216</v>
       </c>
       <c r="F734" t="s">
-        <v>1289</v>
+        <v>1291</v>
       </c>
     </row>
     <row r="735" spans="1:6">
       <c r="A735" t="s">
-        <v>1290</v>
+        <v>1292</v>
       </c>
       <c r="B735" t="s">
         <v>1181</v>
       </c>
       <c r="C735" t="s">
         <v>31</v>
       </c>
       <c r="D735" t="s">
-        <v>133</v>
+        <v>204</v>
       </c>
       <c r="E735" t="s">
-        <v>134</v>
+        <v>205</v>
       </c>
       <c r="F735" t="s">
-        <v>1291</v>
+        <v>883</v>
       </c>
     </row>
     <row r="736" spans="1:6">
       <c r="A736" t="s">
-        <v>1292</v>
+        <v>1293</v>
       </c>
       <c r="B736" t="s">
         <v>1181</v>
       </c>
       <c r="C736" t="s">
         <v>31</v>
       </c>
       <c r="D736" t="s">
-        <v>1209</v>
+        <v>1206</v>
       </c>
       <c r="E736" t="s">
-        <v>1210</v>
+        <v>1207</v>
       </c>
       <c r="F736" t="s">
-        <v>1293</v>
+        <v>1294</v>
       </c>
     </row>
     <row r="737" spans="1:6">
       <c r="A737" t="s">
-        <v>1294</v>
+        <v>1295</v>
       </c>
       <c r="B737" t="s">
         <v>1181</v>
       </c>
       <c r="C737" t="s">
         <v>31</v>
       </c>
       <c r="D737" t="s">
-        <v>1213</v>
+        <v>1210</v>
       </c>
       <c r="E737" t="s">
-        <v>1214</v>
+        <v>1211</v>
       </c>
       <c r="F737" t="s">
-        <v>1295</v>
+        <v>1296</v>
       </c>
     </row>
     <row r="738" spans="1:6">
       <c r="A738" t="s">
-        <v>1296</v>
+        <v>1297</v>
       </c>
       <c r="B738" t="s">
         <v>1181</v>
       </c>
       <c r="C738" t="s">
         <v>31</v>
       </c>
       <c r="D738" t="s">
-        <v>1217</v>
+        <v>133</v>
       </c>
       <c r="E738" t="s">
-        <v>1218</v>
+        <v>134</v>
       </c>
       <c r="F738" t="s">
-        <v>1297</v>
+        <v>1298</v>
       </c>
     </row>
     <row r="739" spans="1:6">
       <c r="A739" t="s">
-        <v>1298</v>
+        <v>1299</v>
       </c>
       <c r="B739" t="s">
         <v>1181</v>
       </c>
       <c r="C739" t="s">
         <v>31</v>
       </c>
       <c r="D739" t="s">
-        <v>1225</v>
+        <v>1220</v>
       </c>
       <c r="E739" t="s">
-        <v>1226</v>
+        <v>1221</v>
       </c>
       <c r="F739" t="s">
-        <v>1299</v>
+        <v>1300</v>
       </c>
     </row>
     <row r="740" spans="1:6">
       <c r="A740" t="s">
-        <v>1300</v>
+        <v>1301</v>
       </c>
       <c r="B740" t="s">
         <v>1181</v>
       </c>
       <c r="C740" t="s">
         <v>31</v>
       </c>
       <c r="D740" t="s">
-        <v>122</v>
+        <v>1224</v>
       </c>
       <c r="E740" t="s">
-        <v>123</v>
+        <v>1225</v>
       </c>
       <c r="F740" t="s">
-        <v>1301</v>
+        <v>1302</v>
       </c>
     </row>
     <row r="741" spans="1:6">
       <c r="A741" t="s">
-        <v>1302</v>
+        <v>1303</v>
       </c>
       <c r="B741" t="s">
         <v>1181</v>
       </c>
       <c r="C741" t="s">
         <v>31</v>
       </c>
       <c r="D741" t="s">
-        <v>0</v>
+        <v>1232</v>
       </c>
       <c r="E741" t="s">
-        <v>130</v>
+        <v>1233</v>
       </c>
       <c r="F741" t="s">
-        <v>1231</v>
+        <v>1304</v>
       </c>
     </row>
     <row r="742" spans="1:6">
       <c r="A742" t="s">
-        <v>1303</v>
+        <v>1305</v>
       </c>
       <c r="B742" t="s">
         <v>1181</v>
       </c>
       <c r="C742" t="s">
         <v>31</v>
       </c>
       <c r="D742" t="s">
-        <v>126</v>
+        <v>122</v>
       </c>
       <c r="E742" t="s">
-        <v>127</v>
+        <v>123</v>
       </c>
       <c r="F742" t="s">
-        <v>1229</v>
+        <v>1306</v>
       </c>
     </row>
     <row r="743" spans="1:6">
       <c r="A743" t="s">
-        <v>1304</v>
+        <v>1307</v>
       </c>
       <c r="B743" t="s">
         <v>1181</v>
       </c>
       <c r="C743" t="s">
         <v>31</v>
       </c>
       <c r="D743" t="s">
-        <v>831</v>
+        <v>0</v>
       </c>
       <c r="E743" t="s">
-        <v>832</v>
+        <v>130</v>
       </c>
       <c r="F743" t="s">
-        <v>1193</v>
+        <v>1238</v>
       </c>
     </row>
     <row r="744" spans="1:6">
       <c r="A744" t="s">
-        <v>1305</v>
+        <v>1308</v>
       </c>
       <c r="B744" t="s">
         <v>1181</v>
       </c>
       <c r="C744" t="s">
-        <v>34</v>
+        <v>31</v>
       </c>
       <c r="D744" t="s">
-        <v>25</v>
+        <v>126</v>
       </c>
       <c r="E744" t="s">
-        <v>26</v>
+        <v>127</v>
       </c>
       <c r="F744" t="s">
-        <v>1306</v>
+        <v>1236</v>
       </c>
     </row>
     <row r="745" spans="1:6">
       <c r="A745" t="s">
-        <v>1307</v>
+        <v>1309</v>
       </c>
       <c r="B745" t="s">
         <v>1181</v>
       </c>
       <c r="C745" t="s">
-        <v>34</v>
+        <v>31</v>
       </c>
       <c r="D745" t="s">
-        <v>118</v>
+        <v>831</v>
       </c>
       <c r="E745" t="s">
-        <v>119</v>
+        <v>832</v>
       </c>
       <c r="F745" t="s">
-        <v>1267</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="746" spans="1:6">
       <c r="A746" t="s">
-        <v>1308</v>
+        <v>1310</v>
       </c>
       <c r="B746" t="s">
         <v>1181</v>
       </c>
       <c r="C746" t="s">
-        <v>34</v>
+        <v>31</v>
       </c>
       <c r="D746" t="s">
-        <v>223</v>
+        <v>1216</v>
       </c>
       <c r="E746" t="s">
-        <v>224</v>
+        <v>1217</v>
       </c>
       <c r="F746" t="s">
-        <v>1309</v>
+        <v>1311</v>
       </c>
     </row>
     <row r="747" spans="1:6">
       <c r="A747" t="s">
-        <v>1310</v>
+        <v>1312</v>
       </c>
       <c r="B747" t="s">
         <v>1181</v>
       </c>
       <c r="C747" t="s">
-        <v>34</v>
+        <v>31</v>
       </c>
       <c r="D747" t="s">
-        <v>227</v>
+        <v>1266</v>
       </c>
       <c r="E747" t="s">
-        <v>228</v>
+        <v>1267</v>
       </c>
       <c r="F747" t="s">
-        <v>602</v>
+        <v>1313</v>
       </c>
     </row>
     <row r="748" spans="1:6">
       <c r="A748" t="s">
-        <v>1311</v>
+        <v>1314</v>
       </c>
       <c r="B748" t="s">
         <v>1181</v>
       </c>
       <c r="C748" t="s">
         <v>34</v>
       </c>
       <c r="D748" t="s">
-        <v>219</v>
+        <v>25</v>
       </c>
       <c r="E748" t="s">
-        <v>220</v>
+        <v>26</v>
       </c>
       <c r="F748" t="s">
-        <v>1312</v>
+        <v>1315</v>
       </c>
     </row>
     <row r="749" spans="1:6">
       <c r="A749" t="s">
-        <v>1313</v>
+        <v>1316</v>
       </c>
       <c r="B749" t="s">
         <v>1181</v>
       </c>
       <c r="C749" t="s">
         <v>34</v>
       </c>
       <c r="D749" t="s">
-        <v>1248</v>
+        <v>118</v>
       </c>
       <c r="E749" t="s">
-        <v>1249</v>
+        <v>119</v>
       </c>
       <c r="F749" t="s">
-        <v>1314</v>
+        <v>1274</v>
       </c>
     </row>
     <row r="750" spans="1:6">
       <c r="A750" t="s">
-        <v>1315</v>
+        <v>1317</v>
       </c>
       <c r="B750" t="s">
         <v>1181</v>
       </c>
       <c r="C750" t="s">
         <v>34</v>
       </c>
       <c r="D750" t="s">
-        <v>1252</v>
+        <v>223</v>
       </c>
       <c r="E750" t="s">
-        <v>1253</v>
+        <v>224</v>
       </c>
       <c r="F750" t="s">
-        <v>1316</v>
+        <v>1318</v>
       </c>
     </row>
     <row r="751" spans="1:6">
       <c r="A751" t="s">
-        <v>1317</v>
+        <v>1319</v>
       </c>
       <c r="B751" t="s">
         <v>1181</v>
       </c>
       <c r="C751" t="s">
         <v>34</v>
       </c>
       <c r="D751" t="s">
-        <v>215</v>
+        <v>227</v>
       </c>
       <c r="E751" t="s">
-        <v>216</v>
+        <v>228</v>
       </c>
       <c r="F751" t="s">
-        <v>1318</v>
+        <v>602</v>
       </c>
     </row>
     <row r="752" spans="1:6">
       <c r="A752" t="s">
-        <v>1319</v>
+        <v>1320</v>
       </c>
       <c r="B752" t="s">
         <v>1181</v>
       </c>
       <c r="C752" t="s">
         <v>34</v>
       </c>
       <c r="D752" t="s">
-        <v>204</v>
+        <v>219</v>
       </c>
       <c r="E752" t="s">
-        <v>205</v>
+        <v>220</v>
       </c>
       <c r="F752" t="s">
-        <v>883</v>
+        <v>1321</v>
       </c>
     </row>
     <row r="753" spans="1:6">
       <c r="A753" t="s">
-        <v>1320</v>
+        <v>1322</v>
       </c>
       <c r="B753" t="s">
         <v>1181</v>
       </c>
       <c r="C753" t="s">
         <v>34</v>
       </c>
       <c r="D753" t="s">
-        <v>1195</v>
+        <v>1189</v>
       </c>
       <c r="E753" t="s">
-        <v>1196</v>
+        <v>1190</v>
       </c>
       <c r="F753" t="s">
-        <v>1321</v>
+        <v>1323</v>
       </c>
     </row>
     <row r="754" spans="1:6">
       <c r="A754" t="s">
-        <v>1322</v>
+        <v>1324</v>
       </c>
       <c r="B754" t="s">
         <v>1181</v>
       </c>
       <c r="C754" t="s">
         <v>34</v>
       </c>
       <c r="D754" t="s">
-        <v>1221</v>
+        <v>1185</v>
       </c>
       <c r="E754" t="s">
-        <v>1222</v>
+        <v>1186</v>
       </c>
       <c r="F754" t="s">
-        <v>1323</v>
+        <v>1325</v>
       </c>
     </row>
     <row r="755" spans="1:6">
       <c r="A755" t="s">
-        <v>1324</v>
+        <v>1326</v>
       </c>
       <c r="B755" t="s">
         <v>1181</v>
       </c>
       <c r="C755" t="s">
-        <v>37</v>
+        <v>34</v>
       </c>
       <c r="D755" t="s">
-        <v>25</v>
+        <v>215</v>
       </c>
       <c r="E755" t="s">
-        <v>26</v>
+        <v>216</v>
       </c>
       <c r="F755" t="s">
-        <v>1325</v>
+        <v>1327</v>
       </c>
     </row>
     <row r="756" spans="1:6">
       <c r="A756" t="s">
-        <v>1326</v>
+        <v>1328</v>
       </c>
       <c r="B756" t="s">
         <v>1181</v>
       </c>
       <c r="C756" t="s">
-        <v>37</v>
+        <v>34</v>
       </c>
       <c r="D756" t="s">
-        <v>118</v>
+        <v>204</v>
       </c>
       <c r="E756" t="s">
-        <v>119</v>
+        <v>205</v>
       </c>
       <c r="F756" t="s">
-        <v>1327</v>
+        <v>883</v>
       </c>
     </row>
     <row r="757" spans="1:6">
       <c r="A757" t="s">
-        <v>1328</v>
+        <v>1329</v>
       </c>
       <c r="B757" t="s">
         <v>1181</v>
       </c>
       <c r="C757" t="s">
-        <v>37</v>
+        <v>34</v>
       </c>
       <c r="D757" t="s">
-        <v>223</v>
+        <v>1202</v>
       </c>
       <c r="E757" t="s">
-        <v>224</v>
+        <v>1203</v>
       </c>
       <c r="F757" t="s">
-        <v>1329</v>
+        <v>1330</v>
       </c>
     </row>
     <row r="758" spans="1:6">
       <c r="A758" t="s">
-        <v>1330</v>
+        <v>1331</v>
       </c>
       <c r="B758" t="s">
         <v>1181</v>
       </c>
       <c r="C758" t="s">
-        <v>37</v>
+        <v>34</v>
       </c>
       <c r="D758" t="s">
-        <v>227</v>
+        <v>1228</v>
       </c>
       <c r="E758" t="s">
-        <v>228</v>
+        <v>1229</v>
       </c>
       <c r="F758" t="s">
-        <v>602</v>
+        <v>1332</v>
       </c>
     </row>
     <row r="759" spans="1:6">
       <c r="A759" t="s">
-        <v>1331</v>
+        <v>1333</v>
       </c>
       <c r="B759" t="s">
         <v>1181</v>
       </c>
       <c r="C759" t="s">
         <v>37</v>
       </c>
       <c r="D759" t="s">
-        <v>219</v>
+        <v>25</v>
       </c>
       <c r="E759" t="s">
-        <v>220</v>
+        <v>26</v>
       </c>
       <c r="F759" t="s">
-        <v>1332</v>
+        <v>1334</v>
       </c>
     </row>
     <row r="760" spans="1:6">
       <c r="A760" t="s">
-        <v>1333</v>
+        <v>1335</v>
       </c>
       <c r="B760" t="s">
         <v>1181</v>
       </c>
       <c r="C760" t="s">
         <v>37</v>
       </c>
       <c r="D760" t="s">
-        <v>1248</v>
+        <v>118</v>
       </c>
       <c r="E760" t="s">
-        <v>1249</v>
+        <v>119</v>
       </c>
       <c r="F760" t="s">
-        <v>1334</v>
+        <v>1336</v>
       </c>
     </row>
     <row r="761" spans="1:6">
       <c r="A761" t="s">
-        <v>1335</v>
+        <v>1337</v>
       </c>
       <c r="B761" t="s">
         <v>1181</v>
       </c>
       <c r="C761" t="s">
         <v>37</v>
       </c>
       <c r="D761" t="s">
-        <v>1252</v>
+        <v>223</v>
       </c>
       <c r="E761" t="s">
-        <v>1253</v>
+        <v>224</v>
       </c>
       <c r="F761" t="s">
-        <v>1336</v>
+        <v>1338</v>
       </c>
     </row>
     <row r="762" spans="1:6">
       <c r="A762" t="s">
-        <v>1337</v>
+        <v>1339</v>
       </c>
       <c r="B762" t="s">
         <v>1181</v>
       </c>
       <c r="C762" t="s">
         <v>37</v>
       </c>
       <c r="D762" t="s">
-        <v>215</v>
+        <v>227</v>
       </c>
       <c r="E762" t="s">
-        <v>216</v>
+        <v>228</v>
       </c>
       <c r="F762" t="s">
-        <v>1338</v>
+        <v>602</v>
       </c>
     </row>
     <row r="763" spans="1:6">
       <c r="A763" t="s">
-        <v>1339</v>
+        <v>1340</v>
       </c>
       <c r="B763" t="s">
         <v>1181</v>
       </c>
       <c r="C763" t="s">
         <v>37</v>
       </c>
       <c r="D763" t="s">
-        <v>204</v>
+        <v>219</v>
       </c>
       <c r="E763" t="s">
-        <v>205</v>
+        <v>220</v>
       </c>
       <c r="F763" t="s">
-        <v>883</v>
+        <v>1341</v>
       </c>
     </row>
     <row r="764" spans="1:6">
       <c r="A764" t="s">
-        <v>1340</v>
+        <v>1342</v>
       </c>
       <c r="B764" t="s">
         <v>1181</v>
       </c>
       <c r="C764" t="s">
-        <v>40</v>
+        <v>37</v>
       </c>
       <c r="D764" t="s">
-        <v>118</v>
+        <v>1189</v>
       </c>
       <c r="E764" t="s">
-        <v>119</v>
+        <v>1190</v>
       </c>
       <c r="F764" t="s">
-        <v>1327</v>
+        <v>1343</v>
       </c>
     </row>
     <row r="765" spans="1:6">
       <c r="A765" t="s">
-        <v>1341</v>
+        <v>1344</v>
       </c>
       <c r="B765" t="s">
         <v>1181</v>
       </c>
       <c r="C765" t="s">
-        <v>40</v>
+        <v>37</v>
       </c>
       <c r="D765" t="s">
-        <v>223</v>
+        <v>1185</v>
       </c>
       <c r="E765" t="s">
-        <v>224</v>
+        <v>1186</v>
       </c>
       <c r="F765" t="s">
-        <v>1342</v>
+        <v>1345</v>
       </c>
     </row>
     <row r="766" spans="1:6">
       <c r="A766" t="s">
-        <v>1343</v>
+        <v>1346</v>
       </c>
       <c r="B766" t="s">
         <v>1181</v>
       </c>
       <c r="C766" t="s">
-        <v>40</v>
+        <v>37</v>
       </c>
       <c r="D766" t="s">
-        <v>227</v>
+        <v>215</v>
       </c>
       <c r="E766" t="s">
-        <v>228</v>
+        <v>216</v>
       </c>
       <c r="F766" t="s">
-        <v>602</v>
+        <v>1347</v>
       </c>
     </row>
     <row r="767" spans="1:6">
       <c r="A767" t="s">
-        <v>1344</v>
+        <v>1348</v>
       </c>
       <c r="B767" t="s">
         <v>1181</v>
       </c>
       <c r="C767" t="s">
-        <v>40</v>
+        <v>37</v>
       </c>
       <c r="D767" t="s">
-        <v>219</v>
+        <v>204</v>
       </c>
       <c r="E767" t="s">
-        <v>220</v>
+        <v>205</v>
       </c>
       <c r="F767" t="s">
-        <v>1345</v>
+        <v>883</v>
       </c>
     </row>
     <row r="768" spans="1:6">
       <c r="A768" t="s">
-        <v>1346</v>
+        <v>1349</v>
       </c>
       <c r="B768" t="s">
         <v>1181</v>
       </c>
       <c r="C768" t="s">
         <v>40</v>
       </c>
       <c r="D768" t="s">
-        <v>1248</v>
+        <v>118</v>
       </c>
       <c r="E768" t="s">
-        <v>1249</v>
+        <v>119</v>
       </c>
       <c r="F768" t="s">
-        <v>1347</v>
+        <v>1336</v>
       </c>
     </row>
     <row r="769" spans="1:6">
       <c r="A769" t="s">
-        <v>1348</v>
+        <v>1350</v>
       </c>
       <c r="B769" t="s">
         <v>1181</v>
       </c>
       <c r="C769" t="s">
         <v>40</v>
       </c>
       <c r="D769" t="s">
-        <v>1252</v>
+        <v>223</v>
       </c>
       <c r="E769" t="s">
-        <v>1253</v>
+        <v>224</v>
       </c>
       <c r="F769" t="s">
-        <v>1349</v>
+        <v>1351</v>
       </c>
     </row>
     <row r="770" spans="1:6">
       <c r="A770" t="s">
-        <v>1350</v>
+        <v>1352</v>
       </c>
       <c r="B770" t="s">
         <v>1181</v>
       </c>
       <c r="C770" t="s">
         <v>40</v>
       </c>
       <c r="D770" t="s">
-        <v>215</v>
+        <v>227</v>
       </c>
       <c r="E770" t="s">
-        <v>216</v>
+        <v>228</v>
       </c>
       <c r="F770" t="s">
-        <v>1351</v>
+        <v>602</v>
       </c>
     </row>
     <row r="771" spans="1:6">
       <c r="A771" t="s">
-        <v>1352</v>
+        <v>1353</v>
       </c>
       <c r="B771" t="s">
         <v>1181</v>
       </c>
       <c r="C771" t="s">
         <v>40</v>
       </c>
       <c r="D771" t="s">
-        <v>25</v>
+        <v>219</v>
       </c>
       <c r="E771" t="s">
-        <v>26</v>
+        <v>220</v>
       </c>
       <c r="F771" t="s">
-        <v>1353</v>
+        <v>1354</v>
       </c>
     </row>
     <row r="772" spans="1:6">
       <c r="A772" t="s">
-        <v>1354</v>
+        <v>1355</v>
       </c>
       <c r="B772" t="s">
         <v>1181</v>
       </c>
       <c r="C772" t="s">
         <v>40</v>
       </c>
       <c r="D772" t="s">
-        <v>204</v>
+        <v>1189</v>
       </c>
       <c r="E772" t="s">
-        <v>205</v>
+        <v>1190</v>
       </c>
       <c r="F772" t="s">
-        <v>883</v>
+        <v>1356</v>
       </c>
     </row>
     <row r="773" spans="1:6">
       <c r="A773" t="s">
-        <v>1355</v>
+        <v>1357</v>
       </c>
       <c r="B773" t="s">
         <v>1181</v>
       </c>
       <c r="C773" t="s">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="D773" t="s">
-        <v>223</v>
+        <v>1185</v>
       </c>
       <c r="E773" t="s">
-        <v>224</v>
+        <v>1186</v>
       </c>
       <c r="F773" t="s">
-        <v>1356</v>
+        <v>1358</v>
       </c>
     </row>
     <row r="774" spans="1:6">
       <c r="A774" t="s">
-        <v>1357</v>
+        <v>1359</v>
       </c>
       <c r="B774" t="s">
         <v>1181</v>
       </c>
       <c r="C774" t="s">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="D774" t="s">
-        <v>25</v>
+        <v>215</v>
       </c>
       <c r="E774" t="s">
-        <v>26</v>
+        <v>216</v>
       </c>
       <c r="F774" t="s">
-        <v>1358</v>
+        <v>1360</v>
       </c>
     </row>
     <row r="775" spans="1:6">
       <c r="A775" t="s">
-        <v>1359</v>
+        <v>1361</v>
       </c>
       <c r="B775" t="s">
         <v>1181</v>
       </c>
       <c r="C775" t="s">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="D775" t="s">
-        <v>227</v>
+        <v>25</v>
       </c>
       <c r="E775" t="s">
-        <v>228</v>
+        <v>26</v>
       </c>
       <c r="F775" t="s">
-        <v>602</v>
+        <v>1362</v>
       </c>
     </row>
     <row r="776" spans="1:6">
       <c r="A776" t="s">
-        <v>1360</v>
+        <v>1363</v>
       </c>
       <c r="B776" t="s">
         <v>1181</v>
       </c>
       <c r="C776" t="s">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="D776" t="s">
-        <v>219</v>
+        <v>204</v>
       </c>
       <c r="E776" t="s">
-        <v>220</v>
+        <v>205</v>
       </c>
       <c r="F776" t="s">
-        <v>1361</v>
+        <v>883</v>
       </c>
     </row>
     <row r="777" spans="1:6">
       <c r="A777" t="s">
-        <v>1362</v>
+        <v>1364</v>
       </c>
       <c r="B777" t="s">
         <v>1181</v>
       </c>
       <c r="C777" t="s">
         <v>42</v>
       </c>
       <c r="D777" t="s">
-        <v>1248</v>
+        <v>223</v>
       </c>
       <c r="E777" t="s">
-        <v>1249</v>
+        <v>224</v>
       </c>
       <c r="F777" t="s">
-        <v>1363</v>
+        <v>1365</v>
       </c>
     </row>
     <row r="778" spans="1:6">
       <c r="A778" t="s">
-        <v>1364</v>
+        <v>1366</v>
       </c>
       <c r="B778" t="s">
         <v>1181</v>
       </c>
       <c r="C778" t="s">
         <v>42</v>
       </c>
       <c r="D778" t="s">
-        <v>1252</v>
+        <v>25</v>
       </c>
       <c r="E778" t="s">
-        <v>1253</v>
+        <v>26</v>
       </c>
       <c r="F778" t="s">
-        <v>1365</v>
+        <v>1367</v>
       </c>
     </row>
     <row r="779" spans="1:6">
       <c r="A779" t="s">
-        <v>1366</v>
+        <v>1368</v>
       </c>
       <c r="B779" t="s">
         <v>1181</v>
       </c>
       <c r="C779" t="s">
         <v>42</v>
       </c>
       <c r="D779" t="s">
-        <v>118</v>
+        <v>227</v>
       </c>
       <c r="E779" t="s">
-        <v>119</v>
+        <v>228</v>
       </c>
       <c r="F779" t="s">
-        <v>1367</v>
+        <v>602</v>
       </c>
     </row>
     <row r="780" spans="1:6">
       <c r="A780" t="s">
-        <v>1368</v>
+        <v>1369</v>
       </c>
       <c r="B780" t="s">
         <v>1181</v>
       </c>
       <c r="C780" t="s">
         <v>42</v>
       </c>
       <c r="D780" t="s">
-        <v>204</v>
+        <v>219</v>
       </c>
       <c r="E780" t="s">
-        <v>205</v>
+        <v>220</v>
       </c>
       <c r="F780" t="s">
-        <v>883</v>
+        <v>1370</v>
       </c>
     </row>
     <row r="781" spans="1:6">
       <c r="A781" t="s">
-        <v>1369</v>
+        <v>1371</v>
       </c>
       <c r="B781" t="s">
         <v>1181</v>
       </c>
       <c r="C781" t="s">
-        <v>45</v>
+        <v>42</v>
       </c>
       <c r="D781" t="s">
-        <v>118</v>
+        <v>1189</v>
       </c>
       <c r="E781" t="s">
-        <v>119</v>
+        <v>1190</v>
       </c>
       <c r="F781" t="s">
-        <v>1370</v>
+        <v>1372</v>
       </c>
     </row>
     <row r="782" spans="1:6">
       <c r="A782" t="s">
-        <v>1371</v>
+        <v>1373</v>
       </c>
       <c r="B782" t="s">
         <v>1181</v>
       </c>
       <c r="C782" t="s">
-        <v>45</v>
+        <v>42</v>
       </c>
       <c r="D782" t="s">
-        <v>223</v>
+        <v>1185</v>
       </c>
       <c r="E782" t="s">
-        <v>224</v>
+        <v>1186</v>
       </c>
       <c r="F782" t="s">
-        <v>1372</v>
+        <v>1374</v>
       </c>
     </row>
     <row r="783" spans="1:6">
       <c r="A783" t="s">
-        <v>1373</v>
+        <v>1375</v>
       </c>
       <c r="B783" t="s">
         <v>1181</v>
       </c>
       <c r="C783" t="s">
-        <v>45</v>
+        <v>42</v>
       </c>
       <c r="D783" t="s">
-        <v>25</v>
+        <v>118</v>
       </c>
       <c r="E783" t="s">
-        <v>26</v>
+        <v>119</v>
       </c>
       <c r="F783" t="s">
-        <v>1374</v>
+        <v>1376</v>
       </c>
     </row>
     <row r="784" spans="1:6">
       <c r="A784" t="s">
-        <v>1375</v>
+        <v>1377</v>
       </c>
       <c r="B784" t="s">
         <v>1181</v>
       </c>
       <c r="C784" t="s">
-        <v>45</v>
+        <v>42</v>
       </c>
       <c r="D784" t="s">
-        <v>227</v>
+        <v>204</v>
       </c>
       <c r="E784" t="s">
-        <v>228</v>
+        <v>205</v>
       </c>
       <c r="F784" t="s">
-        <v>602</v>
+        <v>883</v>
       </c>
     </row>
     <row r="785" spans="1:6">
       <c r="A785" t="s">
-        <v>1376</v>
+        <v>1378</v>
       </c>
       <c r="B785" t="s">
         <v>1181</v>
       </c>
       <c r="C785" t="s">
-        <v>45</v>
+        <v>42</v>
       </c>
       <c r="D785" t="s">
-        <v>219</v>
+        <v>215</v>
       </c>
       <c r="E785" t="s">
-        <v>220</v>
+        <v>216</v>
       </c>
       <c r="F785" t="s">
-        <v>1377</v>
+        <v>1379</v>
       </c>
     </row>
     <row r="786" spans="1:6">
       <c r="A786" t="s">
-        <v>1378</v>
+        <v>1380</v>
       </c>
       <c r="B786" t="s">
         <v>1181</v>
       </c>
       <c r="C786" t="s">
-        <v>48</v>
+        <v>45</v>
       </c>
       <c r="D786" t="s">
         <v>118</v>
       </c>
       <c r="E786" t="s">
         <v>119</v>
       </c>
       <c r="F786" t="s">
-        <v>1379</v>
+        <v>1381</v>
       </c>
     </row>
     <row r="787" spans="1:6">
       <c r="A787" t="s">
-        <v>1380</v>
+        <v>1382</v>
       </c>
       <c r="B787" t="s">
         <v>1181</v>
       </c>
       <c r="C787" t="s">
-        <v>48</v>
+        <v>45</v>
       </c>
       <c r="D787" t="s">
         <v>223</v>
       </c>
       <c r="E787" t="s">
         <v>224</v>
       </c>
       <c r="F787" t="s">
-        <v>1381</v>
+        <v>1383</v>
       </c>
     </row>
     <row r="788" spans="1:6">
       <c r="A788" t="s">
-        <v>1382</v>
+        <v>1384</v>
       </c>
       <c r="B788" t="s">
         <v>1181</v>
       </c>
       <c r="C788" t="s">
-        <v>48</v>
+        <v>45</v>
       </c>
       <c r="D788" t="s">
-        <v>227</v>
+        <v>25</v>
       </c>
       <c r="E788" t="s">
-        <v>228</v>
+        <v>26</v>
       </c>
       <c r="F788" t="s">
-        <v>602</v>
+        <v>1385</v>
       </c>
     </row>
     <row r="789" spans="1:6">
       <c r="A789" t="s">
-        <v>1383</v>
+        <v>1386</v>
       </c>
       <c r="B789" t="s">
         <v>1181</v>
       </c>
       <c r="C789" t="s">
-        <v>48</v>
+        <v>45</v>
       </c>
       <c r="D789" t="s">
-        <v>219</v>
+        <v>227</v>
       </c>
       <c r="E789" t="s">
-        <v>220</v>
+        <v>228</v>
       </c>
       <c r="F789" t="s">
-        <v>1384</v>
+        <v>602</v>
       </c>
     </row>
     <row r="790" spans="1:6">
       <c r="A790" t="s">
-        <v>1385</v>
+        <v>1387</v>
       </c>
       <c r="B790" t="s">
         <v>1181</v>
       </c>
       <c r="C790" t="s">
-        <v>48</v>
+        <v>45</v>
       </c>
       <c r="D790" t="s">
-        <v>25</v>
+        <v>219</v>
       </c>
       <c r="E790" t="s">
-        <v>26</v>
+        <v>220</v>
       </c>
       <c r="F790" t="s">
-        <v>1386</v>
+        <v>1388</v>
       </c>
     </row>
     <row r="791" spans="1:6">
       <c r="A791" t="s">
-        <v>1387</v>
+        <v>1389</v>
       </c>
       <c r="B791" t="s">
         <v>1181</v>
       </c>
       <c r="C791" t="s">
-        <v>51</v>
+        <v>45</v>
       </c>
       <c r="D791" t="s">
-        <v>118</v>
+        <v>215</v>
       </c>
       <c r="E791" t="s">
-        <v>119</v>
+        <v>216</v>
       </c>
       <c r="F791" t="s">
-        <v>1327</v>
+        <v>1390</v>
       </c>
     </row>
     <row r="792" spans="1:6">
       <c r="A792" t="s">
-        <v>1388</v>
+        <v>1391</v>
       </c>
       <c r="B792" t="s">
         <v>1181</v>
       </c>
       <c r="C792" t="s">
-        <v>51</v>
+        <v>45</v>
       </c>
       <c r="D792" t="s">
-        <v>223</v>
+        <v>1185</v>
       </c>
       <c r="E792" t="s">
-        <v>224</v>
+        <v>1186</v>
       </c>
       <c r="F792" t="s">
-        <v>1389</v>
+        <v>1392</v>
       </c>
     </row>
     <row r="793" spans="1:6">
       <c r="A793" t="s">
-        <v>1390</v>
+        <v>1393</v>
       </c>
       <c r="B793" t="s">
         <v>1181</v>
       </c>
       <c r="C793" t="s">
-        <v>51</v>
+        <v>45</v>
       </c>
       <c r="D793" t="s">
-        <v>227</v>
+        <v>1189</v>
       </c>
       <c r="E793" t="s">
-        <v>228</v>
+        <v>1190</v>
       </c>
       <c r="F793" t="s">
-        <v>602</v>
+        <v>1392</v>
       </c>
     </row>
     <row r="794" spans="1:6">
       <c r="A794" t="s">
-        <v>1391</v>
+        <v>1394</v>
       </c>
       <c r="B794" t="s">
         <v>1181</v>
       </c>
       <c r="C794" t="s">
-        <v>51</v>
+        <v>45</v>
       </c>
       <c r="D794" t="s">
-        <v>219</v>
+        <v>204</v>
       </c>
       <c r="E794" t="s">
-        <v>220</v>
+        <v>205</v>
       </c>
       <c r="F794" t="s">
-        <v>1392</v>
+        <v>883</v>
       </c>
     </row>
     <row r="795" spans="1:6">
       <c r="A795" t="s">
-        <v>1393</v>
+        <v>1395</v>
       </c>
       <c r="B795" t="s">
         <v>1181</v>
       </c>
       <c r="C795" t="s">
-        <v>51</v>
+        <v>48</v>
       </c>
       <c r="D795" t="s">
-        <v>25</v>
+        <v>118</v>
       </c>
       <c r="E795" t="s">
-        <v>26</v>
+        <v>119</v>
       </c>
       <c r="F795" t="s">
-        <v>1394</v>
+        <v>1396</v>
       </c>
     </row>
     <row r="796" spans="1:6">
       <c r="A796" t="s">
-        <v>1395</v>
+        <v>1397</v>
       </c>
       <c r="B796" t="s">
         <v>1181</v>
       </c>
       <c r="C796" t="s">
-        <v>91</v>
+        <v>48</v>
       </c>
       <c r="D796" t="s">
-        <v>118</v>
+        <v>223</v>
       </c>
       <c r="E796" t="s">
-        <v>119</v>
+        <v>224</v>
       </c>
       <c r="F796" t="s">
-        <v>1396</v>
+        <v>1398</v>
       </c>
     </row>
     <row r="797" spans="1:6">
       <c r="A797" t="s">
-        <v>1397</v>
+        <v>1399</v>
       </c>
       <c r="B797" t="s">
         <v>1181</v>
       </c>
       <c r="C797" t="s">
-        <v>91</v>
+        <v>48</v>
       </c>
       <c r="D797" t="s">
-        <v>223</v>
+        <v>227</v>
       </c>
       <c r="E797" t="s">
-        <v>224</v>
+        <v>228</v>
       </c>
       <c r="F797" t="s">
-        <v>1398</v>
+        <v>602</v>
       </c>
     </row>
     <row r="798" spans="1:6">
       <c r="A798" t="s">
-        <v>1399</v>
+        <v>1400</v>
       </c>
       <c r="B798" t="s">
         <v>1181</v>
       </c>
       <c r="C798" t="s">
-        <v>91</v>
+        <v>48</v>
       </c>
       <c r="D798" t="s">
-        <v>227</v>
+        <v>219</v>
       </c>
       <c r="E798" t="s">
-        <v>228</v>
+        <v>220</v>
       </c>
       <c r="F798" t="s">
-        <v>602</v>
+        <v>1401</v>
       </c>
     </row>
     <row r="799" spans="1:6">
       <c r="A799" t="s">
-        <v>1400</v>
+        <v>1402</v>
       </c>
       <c r="B799" t="s">
         <v>1181</v>
       </c>
       <c r="C799" t="s">
-        <v>91</v>
+        <v>48</v>
       </c>
       <c r="D799" t="s">
-        <v>219</v>
+        <v>25</v>
       </c>
       <c r="E799" t="s">
-        <v>220</v>
+        <v>26</v>
       </c>
       <c r="F799" t="s">
-        <v>1401</v>
+        <v>1403</v>
       </c>
     </row>
     <row r="800" spans="1:6">
       <c r="A800" t="s">
-        <v>1402</v>
+        <v>1404</v>
       </c>
       <c r="B800" t="s">
         <v>1181</v>
       </c>
       <c r="C800" t="s">
-        <v>91</v>
+        <v>48</v>
       </c>
       <c r="D800" t="s">
-        <v>25</v>
+        <v>215</v>
       </c>
       <c r="E800" t="s">
-        <v>26</v>
+        <v>216</v>
       </c>
       <c r="F800" t="s">
-        <v>1403</v>
+        <v>1405</v>
       </c>
     </row>
     <row r="801" spans="1:6">
       <c r="A801" t="s">
-        <v>1404</v>
+        <v>1406</v>
       </c>
       <c r="B801" t="s">
         <v>1181</v>
       </c>
       <c r="C801" t="s">
-        <v>94</v>
+        <v>48</v>
       </c>
       <c r="D801" t="s">
-        <v>118</v>
+        <v>1185</v>
       </c>
       <c r="E801" t="s">
-        <v>119</v>
+        <v>1186</v>
       </c>
       <c r="F801" t="s">
-        <v>1379</v>
+        <v>1407</v>
       </c>
     </row>
     <row r="802" spans="1:6">
       <c r="A802" t="s">
-        <v>1405</v>
+        <v>1408</v>
       </c>
       <c r="B802" t="s">
         <v>1181</v>
       </c>
       <c r="C802" t="s">
-        <v>94</v>
+        <v>48</v>
       </c>
       <c r="D802" t="s">
-        <v>223</v>
+        <v>1189</v>
       </c>
       <c r="E802" t="s">
-        <v>224</v>
+        <v>1190</v>
       </c>
       <c r="F802" t="s">
-        <v>1406</v>
+        <v>1407</v>
       </c>
     </row>
     <row r="803" spans="1:6">
       <c r="A803" t="s">
-        <v>1407</v>
+        <v>1409</v>
       </c>
       <c r="B803" t="s">
         <v>1181</v>
       </c>
       <c r="C803" t="s">
-        <v>94</v>
+        <v>48</v>
       </c>
       <c r="D803" t="s">
-        <v>227</v>
+        <v>204</v>
       </c>
       <c r="E803" t="s">
-        <v>228</v>
+        <v>205</v>
       </c>
       <c r="F803" t="s">
-        <v>602</v>
+        <v>883</v>
       </c>
     </row>
     <row r="804" spans="1:6">
       <c r="A804" t="s">
-        <v>1408</v>
+        <v>1410</v>
       </c>
       <c r="B804" t="s">
         <v>1181</v>
       </c>
       <c r="C804" t="s">
-        <v>94</v>
+        <v>51</v>
       </c>
       <c r="D804" t="s">
-        <v>219</v>
+        <v>118</v>
       </c>
       <c r="E804" t="s">
-        <v>220</v>
+        <v>119</v>
       </c>
       <c r="F804" t="s">
-        <v>1409</v>
+        <v>1336</v>
       </c>
     </row>
     <row r="805" spans="1:6">
       <c r="A805" t="s">
-        <v>1410</v>
+        <v>1411</v>
       </c>
       <c r="B805" t="s">
         <v>1181</v>
       </c>
       <c r="C805" t="s">
-        <v>94</v>
+        <v>51</v>
       </c>
       <c r="D805" t="s">
-        <v>25</v>
+        <v>223</v>
       </c>
       <c r="E805" t="s">
-        <v>26</v>
+        <v>224</v>
       </c>
       <c r="F805" t="s">
-        <v>1411</v>
+        <v>1412</v>
       </c>
     </row>
     <row r="806" spans="1:6">
       <c r="A806" t="s">
-        <v>1412</v>
+        <v>1413</v>
       </c>
       <c r="B806" t="s">
         <v>1181</v>
       </c>
       <c r="C806" t="s">
-        <v>97</v>
+        <v>51</v>
       </c>
       <c r="D806" t="s">
-        <v>118</v>
+        <v>227</v>
       </c>
       <c r="E806" t="s">
-        <v>119</v>
+        <v>228</v>
       </c>
       <c r="F806" t="s">
-        <v>1413</v>
+        <v>602</v>
       </c>
     </row>
     <row r="807" spans="1:6">
       <c r="A807" t="s">
         <v>1414</v>
       </c>
       <c r="B807" t="s">
         <v>1181</v>
       </c>
       <c r="C807" t="s">
-        <v>97</v>
+        <v>51</v>
       </c>
       <c r="D807" t="s">
-        <v>223</v>
+        <v>219</v>
       </c>
       <c r="E807" t="s">
-        <v>224</v>
+        <v>220</v>
       </c>
       <c r="F807" t="s">
         <v>1415</v>
       </c>
     </row>
     <row r="808" spans="1:6">
       <c r="A808" t="s">
         <v>1416</v>
       </c>
       <c r="B808" t="s">
         <v>1181</v>
       </c>
       <c r="C808" t="s">
-        <v>97</v>
+        <v>51</v>
       </c>
       <c r="D808" t="s">
-        <v>227</v>
+        <v>25</v>
       </c>
       <c r="E808" t="s">
-        <v>228</v>
+        <v>26</v>
       </c>
       <c r="F808" t="s">
-        <v>602</v>
+        <v>1417</v>
       </c>
     </row>
     <row r="809" spans="1:6">
       <c r="A809" t="s">
-        <v>1417</v>
+        <v>1418</v>
       </c>
       <c r="B809" t="s">
         <v>1181</v>
       </c>
       <c r="C809" t="s">
-        <v>97</v>
+        <v>51</v>
       </c>
       <c r="D809" t="s">
-        <v>219</v>
+        <v>1185</v>
       </c>
       <c r="E809" t="s">
-        <v>220</v>
+        <v>1186</v>
       </c>
       <c r="F809" t="s">
-        <v>1418</v>
+        <v>1419</v>
       </c>
     </row>
     <row r="810" spans="1:6">
       <c r="A810" t="s">
+        <v>1420</v>
+      </c>
+      <c r="B810" t="s">
+        <v>1181</v>
+      </c>
+      <c r="C810" t="s">
+        <v>51</v>
+      </c>
+      <c r="D810" t="s">
+        <v>1189</v>
+      </c>
+      <c r="E810" t="s">
+        <v>1190</v>
+      </c>
+      <c r="F810" t="s">
         <v>1419</v>
-      </c>
-[...13 lines deleted...]
-        <v>1420</v>
       </c>
     </row>
     <row r="811" spans="1:6">
       <c r="A811" t="s">
         <v>1421</v>
       </c>
       <c r="B811" t="s">
         <v>1181</v>
       </c>
       <c r="C811" t="s">
-        <v>100</v>
+        <v>51</v>
       </c>
       <c r="D811" t="s">
-        <v>118</v>
+        <v>204</v>
       </c>
       <c r="E811" t="s">
-        <v>119</v>
+        <v>205</v>
       </c>
       <c r="F811" t="s">
-        <v>1422</v>
+        <v>883</v>
       </c>
     </row>
     <row r="812" spans="1:6">
       <c r="A812" t="s">
+        <v>1422</v>
+      </c>
+      <c r="B812" t="s">
+        <v>1181</v>
+      </c>
+      <c r="C812" t="s">
+        <v>91</v>
+      </c>
+      <c r="D812" t="s">
+        <v>118</v>
+      </c>
+      <c r="E812" t="s">
+        <v>119</v>
+      </c>
+      <c r="F812" t="s">
         <v>1423</v>
-      </c>
-[...13 lines deleted...]
-        <v>602</v>
       </c>
     </row>
     <row r="813" spans="1:6">
       <c r="A813" t="s">
         <v>1424</v>
       </c>
       <c r="B813" t="s">
         <v>1181</v>
       </c>
       <c r="C813" t="s">
-        <v>100</v>
+        <v>91</v>
       </c>
       <c r="D813" t="s">
-        <v>219</v>
+        <v>223</v>
       </c>
       <c r="E813" t="s">
-        <v>220</v>
+        <v>224</v>
       </c>
       <c r="F813" t="s">
         <v>1425</v>
       </c>
     </row>
     <row r="814" spans="1:6">
       <c r="A814" t="s">
         <v>1426</v>
       </c>
       <c r="B814" t="s">
         <v>1181</v>
       </c>
       <c r="C814" t="s">
-        <v>100</v>
+        <v>91</v>
       </c>
       <c r="D814" t="s">
-        <v>223</v>
+        <v>227</v>
       </c>
       <c r="E814" t="s">
-        <v>224</v>
+        <v>228</v>
       </c>
       <c r="F814" t="s">
-        <v>1427</v>
+        <v>602</v>
       </c>
     </row>
     <row r="815" spans="1:6">
       <c r="A815" t="s">
+        <v>1427</v>
+      </c>
+      <c r="B815" t="s">
+        <v>1181</v>
+      </c>
+      <c r="C815" t="s">
+        <v>91</v>
+      </c>
+      <c r="D815" t="s">
+        <v>219</v>
+      </c>
+      <c r="E815" t="s">
+        <v>220</v>
+      </c>
+      <c r="F815" t="s">
         <v>1428</v>
-      </c>
-[...13 lines deleted...]
-        <v>1429</v>
       </c>
     </row>
     <row r="816" spans="1:6">
       <c r="A816" t="s">
+        <v>1429</v>
+      </c>
+      <c r="B816" t="s">
+        <v>1181</v>
+      </c>
+      <c r="C816" t="s">
+        <v>91</v>
+      </c>
+      <c r="D816" t="s">
+        <v>25</v>
+      </c>
+      <c r="E816" t="s">
+        <v>26</v>
+      </c>
+      <c r="F816" t="s">
         <v>1430</v>
-      </c>
-[...13 lines deleted...]
-        <v>602</v>
       </c>
     </row>
     <row r="817" spans="1:6">
       <c r="A817" t="s">
         <v>1431</v>
       </c>
       <c r="B817" t="s">
         <v>1181</v>
       </c>
       <c r="C817" t="s">
-        <v>103</v>
+        <v>91</v>
       </c>
       <c r="D817" t="s">
-        <v>219</v>
+        <v>1185</v>
       </c>
       <c r="E817" t="s">
-        <v>220</v>
+        <v>1186</v>
       </c>
       <c r="F817" t="s">
         <v>1432</v>
       </c>
     </row>
     <row r="818" spans="1:6">
       <c r="A818" t="s">
         <v>1433</v>
       </c>
       <c r="B818" t="s">
         <v>1181</v>
       </c>
       <c r="C818" t="s">
-        <v>103</v>
+        <v>91</v>
       </c>
       <c r="D818" t="s">
-        <v>223</v>
+        <v>1189</v>
       </c>
       <c r="E818" t="s">
-        <v>224</v>
+        <v>1190</v>
       </c>
       <c r="F818" t="s">
-        <v>1434</v>
+        <v>1432</v>
       </c>
     </row>
     <row r="819" spans="1:6">
       <c r="A819" t="s">
-        <v>1435</v>
+        <v>1434</v>
       </c>
       <c r="B819" t="s">
         <v>1181</v>
       </c>
       <c r="C819" t="s">
-        <v>106</v>
+        <v>94</v>
       </c>
       <c r="D819" t="s">
-        <v>227</v>
+        <v>118</v>
       </c>
       <c r="E819" t="s">
-        <v>228</v>
+        <v>119</v>
       </c>
       <c r="F819" t="s">
-        <v>602</v>
+        <v>1396</v>
       </c>
     </row>
     <row r="820" spans="1:6">
       <c r="A820" t="s">
+        <v>1435</v>
+      </c>
+      <c r="B820" t="s">
+        <v>1181</v>
+      </c>
+      <c r="C820" t="s">
+        <v>94</v>
+      </c>
+      <c r="D820" t="s">
+        <v>223</v>
+      </c>
+      <c r="E820" t="s">
+        <v>224</v>
+      </c>
+      <c r="F820" t="s">
         <v>1436</v>
-      </c>
-[...13 lines deleted...]
-        <v>1437</v>
       </c>
     </row>
     <row r="821" spans="1:6">
       <c r="A821" t="s">
-        <v>1438</v>
+        <v>1437</v>
       </c>
       <c r="B821" t="s">
         <v>1181</v>
       </c>
       <c r="C821" t="s">
-        <v>106</v>
+        <v>94</v>
       </c>
       <c r="D821" t="s">
-        <v>118</v>
+        <v>227</v>
       </c>
       <c r="E821" t="s">
-        <v>119</v>
+        <v>228</v>
       </c>
       <c r="F821" t="s">
-        <v>1439</v>
+        <v>602</v>
       </c>
     </row>
     <row r="822" spans="1:6">
       <c r="A822" t="s">
-        <v>1440</v>
+        <v>1438</v>
       </c>
       <c r="B822" t="s">
         <v>1181</v>
       </c>
       <c r="C822" t="s">
-        <v>106</v>
+        <v>94</v>
       </c>
       <c r="D822" t="s">
-        <v>223</v>
+        <v>219</v>
       </c>
       <c r="E822" t="s">
-        <v>224</v>
+        <v>220</v>
       </c>
       <c r="F822" t="s">
-        <v>1441</v>
+        <v>1439</v>
       </c>
     </row>
     <row r="823" spans="1:6">
       <c r="A823" t="s">
-        <v>1442</v>
+        <v>1440</v>
       </c>
       <c r="B823" t="s">
         <v>1181</v>
       </c>
       <c r="C823" t="s">
-        <v>203</v>
+        <v>94</v>
       </c>
       <c r="D823" t="s">
-        <v>219</v>
+        <v>25</v>
       </c>
       <c r="E823" t="s">
-        <v>220</v>
+        <v>26</v>
       </c>
       <c r="F823" t="s">
-        <v>1443</v>
+        <v>1441</v>
       </c>
     </row>
     <row r="824" spans="1:6">
       <c r="A824" t="s">
-        <v>1444</v>
+        <v>1442</v>
       </c>
       <c r="B824" t="s">
         <v>1181</v>
       </c>
       <c r="C824" t="s">
-        <v>203</v>
+        <v>94</v>
       </c>
       <c r="D824" t="s">
-        <v>118</v>
+        <v>1185</v>
       </c>
       <c r="E824" t="s">
-        <v>119</v>
+        <v>1186</v>
       </c>
       <c r="F824" t="s">
-        <v>1445</v>
+        <v>1443</v>
       </c>
     </row>
     <row r="825" spans="1:6">
       <c r="A825" t="s">
-        <v>1446</v>
+        <v>1444</v>
       </c>
       <c r="B825" t="s">
         <v>1181</v>
       </c>
       <c r="C825" t="s">
-        <v>203</v>
+        <v>94</v>
       </c>
       <c r="D825" t="s">
-        <v>227</v>
+        <v>1189</v>
       </c>
       <c r="E825" t="s">
-        <v>228</v>
+        <v>1190</v>
       </c>
       <c r="F825" t="s">
-        <v>602</v>
+        <v>1445</v>
       </c>
     </row>
     <row r="826" spans="1:6">
       <c r="A826" t="s">
+        <v>1446</v>
+      </c>
+      <c r="B826" t="s">
+        <v>1181</v>
+      </c>
+      <c r="C826" t="s">
+        <v>97</v>
+      </c>
+      <c r="D826" t="s">
+        <v>118</v>
+      </c>
+      <c r="E826" t="s">
+        <v>119</v>
+      </c>
+      <c r="F826" t="s">
         <v>1447</v>
-      </c>
-[...13 lines deleted...]
-        <v>1448</v>
       </c>
     </row>
     <row r="827" spans="1:6">
       <c r="A827" t="s">
+        <v>1448</v>
+      </c>
+      <c r="B827" t="s">
+        <v>1181</v>
+      </c>
+      <c r="C827" t="s">
+        <v>97</v>
+      </c>
+      <c r="D827" t="s">
+        <v>223</v>
+      </c>
+      <c r="E827" t="s">
+        <v>224</v>
+      </c>
+      <c r="F827" t="s">
         <v>1449</v>
-      </c>
-[...13 lines deleted...]
-        <v>1450</v>
       </c>
     </row>
     <row r="828" spans="1:6">
       <c r="A828" t="s">
-        <v>1451</v>
+        <v>1450</v>
       </c>
       <c r="B828" t="s">
         <v>1181</v>
       </c>
       <c r="C828" t="s">
-        <v>280</v>
+        <v>97</v>
       </c>
       <c r="D828" t="s">
-        <v>219</v>
+        <v>227</v>
       </c>
       <c r="E828" t="s">
-        <v>220</v>
+        <v>228</v>
       </c>
       <c r="F828" t="s">
-        <v>1452</v>
+        <v>602</v>
       </c>
     </row>
     <row r="829" spans="1:6">
       <c r="A829" t="s">
-        <v>1453</v>
+        <v>1451</v>
       </c>
       <c r="B829" t="s">
         <v>1181</v>
       </c>
       <c r="C829" t="s">
-        <v>280</v>
+        <v>97</v>
       </c>
       <c r="D829" t="s">
-        <v>227</v>
+        <v>219</v>
       </c>
       <c r="E829" t="s">
-        <v>228</v>
+        <v>220</v>
       </c>
       <c r="F829" t="s">
-        <v>602</v>
+        <v>1452</v>
       </c>
     </row>
     <row r="830" spans="1:6">
       <c r="A830" t="s">
+        <v>1453</v>
+      </c>
+      <c r="B830" t="s">
+        <v>1181</v>
+      </c>
+      <c r="C830" t="s">
+        <v>97</v>
+      </c>
+      <c r="D830" t="s">
+        <v>25</v>
+      </c>
+      <c r="E830" t="s">
+        <v>26</v>
+      </c>
+      <c r="F830" t="s">
         <v>1454</v>
-      </c>
-[...13 lines deleted...]
-        <v>1455</v>
       </c>
     </row>
     <row r="831" spans="1:6">
       <c r="A831" t="s">
+        <v>1455</v>
+      </c>
+      <c r="B831" t="s">
+        <v>1181</v>
+      </c>
+      <c r="C831" t="s">
+        <v>97</v>
+      </c>
+      <c r="D831" t="s">
+        <v>1185</v>
+      </c>
+      <c r="E831" t="s">
+        <v>1186</v>
+      </c>
+      <c r="F831" t="s">
         <v>1456</v>
-      </c>
-[...13 lines deleted...]
-        <v>1450</v>
       </c>
     </row>
     <row r="832" spans="1:6">
       <c r="A832" t="s">
         <v>1457</v>
       </c>
       <c r="B832" t="s">
         <v>1181</v>
       </c>
       <c r="C832" t="s">
-        <v>208</v>
+        <v>97</v>
       </c>
       <c r="D832" t="s">
-        <v>219</v>
+        <v>1189</v>
       </c>
       <c r="E832" t="s">
-        <v>220</v>
+        <v>1190</v>
       </c>
       <c r="F832" t="s">
         <v>1458</v>
       </c>
     </row>
     <row r="833" spans="1:6">
       <c r="A833" t="s">
         <v>1459</v>
       </c>
       <c r="B833" t="s">
         <v>1181</v>
       </c>
       <c r="C833" t="s">
-        <v>208</v>
+        <v>100</v>
       </c>
       <c r="D833" t="s">
-        <v>227</v>
+        <v>118</v>
       </c>
       <c r="E833" t="s">
-        <v>228</v>
+        <v>119</v>
       </c>
       <c r="F833" t="s">
-        <v>602</v>
+        <v>1460</v>
       </c>
     </row>
     <row r="834" spans="1:6">
       <c r="A834" t="s">
-        <v>1460</v>
+        <v>1461</v>
       </c>
       <c r="B834" t="s">
         <v>1181</v>
       </c>
       <c r="C834" t="s">
-        <v>208</v>
+        <v>100</v>
       </c>
       <c r="D834" t="s">
-        <v>223</v>
+        <v>227</v>
       </c>
       <c r="E834" t="s">
-        <v>224</v>
+        <v>228</v>
       </c>
       <c r="F834" t="s">
-        <v>1461</v>
+        <v>602</v>
       </c>
     </row>
     <row r="835" spans="1:6">
       <c r="A835" t="s">
         <v>1462</v>
       </c>
       <c r="B835" t="s">
         <v>1181</v>
       </c>
       <c r="C835" t="s">
-        <v>210</v>
+        <v>100</v>
       </c>
       <c r="D835" t="s">
-        <v>118</v>
+        <v>219</v>
       </c>
       <c r="E835" t="s">
-        <v>119</v>
+        <v>220</v>
       </c>
       <c r="F835" t="s">
         <v>1463</v>
       </c>
     </row>
     <row r="836" spans="1:6">
       <c r="A836" t="s">
         <v>1464</v>
       </c>
       <c r="B836" t="s">
         <v>1181</v>
       </c>
       <c r="C836" t="s">
-        <v>210</v>
+        <v>100</v>
       </c>
       <c r="D836" t="s">
-        <v>227</v>
+        <v>223</v>
       </c>
       <c r="E836" t="s">
-        <v>228</v>
+        <v>224</v>
       </c>
       <c r="F836" t="s">
-        <v>602</v>
+        <v>1465</v>
       </c>
     </row>
     <row r="837" spans="1:6">
       <c r="A837" t="s">
-        <v>1465</v>
+        <v>1466</v>
       </c>
       <c r="B837" t="s">
         <v>1181</v>
       </c>
       <c r="C837" t="s">
-        <v>210</v>
+        <v>100</v>
       </c>
       <c r="D837" t="s">
-        <v>219</v>
+        <v>25</v>
       </c>
       <c r="E837" t="s">
-        <v>220</v>
+        <v>26</v>
       </c>
       <c r="F837" t="s">
-        <v>1466</v>
+        <v>1467</v>
       </c>
     </row>
     <row r="838" spans="1:6">
       <c r="A838" t="s">
-        <v>1467</v>
+        <v>1468</v>
       </c>
       <c r="B838" t="s">
         <v>1181</v>
       </c>
       <c r="C838" t="s">
-        <v>210</v>
+        <v>100</v>
       </c>
       <c r="D838" t="s">
-        <v>223</v>
+        <v>1185</v>
       </c>
       <c r="E838" t="s">
-        <v>224</v>
+        <v>1186</v>
       </c>
       <c r="F838" t="s">
-        <v>1468</v>
+        <v>1469</v>
       </c>
     </row>
     <row r="839" spans="1:6">
       <c r="A839" t="s">
+        <v>1470</v>
+      </c>
+      <c r="B839" t="s">
+        <v>1181</v>
+      </c>
+      <c r="C839" t="s">
+        <v>100</v>
+      </c>
+      <c r="D839" t="s">
+        <v>1189</v>
+      </c>
+      <c r="E839" t="s">
+        <v>1190</v>
+      </c>
+      <c r="F839" t="s">
         <v>1469</v>
-      </c>
-[...13 lines deleted...]
-        <v>1470</v>
       </c>
     </row>
     <row r="840" spans="1:6">
       <c r="A840" t="s">
         <v>1471</v>
       </c>
       <c r="B840" t="s">
         <v>1181</v>
       </c>
       <c r="C840" t="s">
-        <v>290</v>
+        <v>103</v>
       </c>
       <c r="D840" t="s">
-        <v>227</v>
+        <v>118</v>
       </c>
       <c r="E840" t="s">
-        <v>228</v>
+        <v>119</v>
       </c>
       <c r="F840" t="s">
-        <v>602</v>
+        <v>1472</v>
       </c>
     </row>
     <row r="841" spans="1:6">
       <c r="A841" t="s">
-        <v>1472</v>
+        <v>1473</v>
       </c>
       <c r="B841" t="s">
         <v>1181</v>
       </c>
       <c r="C841" t="s">
-        <v>290</v>
+        <v>103</v>
       </c>
       <c r="D841" t="s">
-        <v>223</v>
+        <v>227</v>
       </c>
       <c r="E841" t="s">
-        <v>224</v>
+        <v>228</v>
       </c>
       <c r="F841" t="s">
-        <v>1473</v>
+        <v>602</v>
       </c>
     </row>
     <row r="842" spans="1:6">
       <c r="A842" t="s">
         <v>1474</v>
       </c>
       <c r="B842" t="s">
         <v>1181</v>
       </c>
       <c r="C842" t="s">
-        <v>290</v>
+        <v>103</v>
       </c>
       <c r="D842" t="s">
         <v>219</v>
       </c>
       <c r="E842" t="s">
         <v>220</v>
       </c>
       <c r="F842" t="s">
         <v>1475</v>
       </c>
     </row>
     <row r="843" spans="1:6">
       <c r="A843" t="s">
         <v>1476</v>
       </c>
       <c r="B843" t="s">
         <v>1181</v>
       </c>
       <c r="C843" t="s">
-        <v>294</v>
+        <v>103</v>
       </c>
       <c r="D843" t="s">
-        <v>118</v>
+        <v>223</v>
       </c>
       <c r="E843" t="s">
-        <v>119</v>
+        <v>224</v>
       </c>
       <c r="F843" t="s">
         <v>1477</v>
       </c>
     </row>
     <row r="844" spans="1:6">
       <c r="A844" t="s">
         <v>1478</v>
       </c>
       <c r="B844" t="s">
         <v>1181</v>
       </c>
       <c r="C844" t="s">
-        <v>294</v>
+        <v>103</v>
       </c>
       <c r="D844" t="s">
-        <v>219</v>
+        <v>25</v>
       </c>
       <c r="E844" t="s">
-        <v>220</v>
+        <v>26</v>
       </c>
       <c r="F844" t="s">
         <v>1479</v>
       </c>
     </row>
     <row r="845" spans="1:6">
       <c r="A845" t="s">
         <v>1480</v>
       </c>
       <c r="B845" t="s">
         <v>1181</v>
       </c>
       <c r="C845" t="s">
-        <v>294</v>
+        <v>106</v>
       </c>
       <c r="D845" t="s">
-        <v>223</v>
+        <v>227</v>
       </c>
       <c r="E845" t="s">
-        <v>224</v>
+        <v>228</v>
       </c>
       <c r="F845" t="s">
-        <v>1481</v>
+        <v>602</v>
       </c>
     </row>
     <row r="846" spans="1:6">
       <c r="A846" t="s">
+        <v>1481</v>
+      </c>
+      <c r="B846" t="s">
+        <v>1181</v>
+      </c>
+      <c r="C846" t="s">
+        <v>106</v>
+      </c>
+      <c r="D846" t="s">
+        <v>219</v>
+      </c>
+      <c r="E846" t="s">
+        <v>220</v>
+      </c>
+      <c r="F846" t="s">
         <v>1482</v>
-      </c>
-[...13 lines deleted...]
-        <v>602</v>
       </c>
     </row>
     <row r="847" spans="1:6">
       <c r="A847" t="s">
         <v>1483</v>
       </c>
       <c r="B847" t="s">
         <v>1181</v>
       </c>
       <c r="C847" t="s">
-        <v>298</v>
+        <v>106</v>
       </c>
       <c r="D847" t="s">
         <v>118</v>
       </c>
       <c r="E847" t="s">
         <v>119</v>
       </c>
       <c r="F847" t="s">
         <v>1484</v>
       </c>
     </row>
     <row r="848" spans="1:6">
       <c r="A848" t="s">
         <v>1485</v>
       </c>
       <c r="B848" t="s">
         <v>1181</v>
       </c>
       <c r="C848" t="s">
-        <v>298</v>
+        <v>106</v>
       </c>
       <c r="D848" t="s">
-        <v>219</v>
+        <v>223</v>
       </c>
       <c r="E848" t="s">
-        <v>220</v>
+        <v>224</v>
       </c>
       <c r="F848" t="s">
         <v>1486</v>
       </c>
     </row>
     <row r="849" spans="1:6">
       <c r="A849" t="s">
         <v>1487</v>
       </c>
       <c r="B849" t="s">
         <v>1181</v>
       </c>
       <c r="C849" t="s">
-        <v>298</v>
+        <v>203</v>
       </c>
       <c r="D849" t="s">
-        <v>223</v>
+        <v>219</v>
       </c>
       <c r="E849" t="s">
-        <v>224</v>
+        <v>220</v>
       </c>
       <c r="F849" t="s">
         <v>1488</v>
       </c>
     </row>
     <row r="850" spans="1:6">
       <c r="A850" t="s">
         <v>1489</v>
       </c>
       <c r="B850" t="s">
         <v>1181</v>
       </c>
       <c r="C850" t="s">
-        <v>298</v>
+        <v>203</v>
       </c>
       <c r="D850" t="s">
-        <v>227</v>
+        <v>118</v>
       </c>
       <c r="E850" t="s">
-        <v>228</v>
+        <v>119</v>
       </c>
       <c r="F850" t="s">
-        <v>602</v>
+        <v>1490</v>
       </c>
     </row>
     <row r="851" spans="1:6">
       <c r="A851" t="s">
-        <v>1490</v>
+        <v>1491</v>
       </c>
       <c r="B851" t="s">
         <v>1181</v>
       </c>
       <c r="C851" t="s">
-        <v>302</v>
+        <v>203</v>
       </c>
       <c r="D851" t="s">
-        <v>219</v>
+        <v>227</v>
       </c>
       <c r="E851" t="s">
-        <v>220</v>
+        <v>228</v>
       </c>
       <c r="F851" t="s">
-        <v>1491</v>
+        <v>602</v>
       </c>
     </row>
     <row r="852" spans="1:6">
       <c r="A852" t="s">
         <v>1492</v>
       </c>
       <c r="B852" t="s">
         <v>1181</v>
       </c>
       <c r="C852" t="s">
-        <v>302</v>
+        <v>203</v>
       </c>
       <c r="D852" t="s">
         <v>223</v>
       </c>
       <c r="E852" t="s">
         <v>224</v>
       </c>
       <c r="F852" t="s">
         <v>1493</v>
       </c>
     </row>
     <row r="853" spans="1:6">
       <c r="A853" t="s">
         <v>1494</v>
       </c>
       <c r="B853" t="s">
         <v>1181</v>
       </c>
       <c r="C853" t="s">
-        <v>302</v>
+        <v>280</v>
       </c>
       <c r="D853" t="s">
-        <v>227</v>
+        <v>118</v>
       </c>
       <c r="E853" t="s">
-        <v>228</v>
+        <v>119</v>
       </c>
       <c r="F853" t="s">
-        <v>602</v>
+        <v>1495</v>
       </c>
     </row>
     <row r="854" spans="1:6">
       <c r="A854" t="s">
-        <v>1495</v>
+        <v>1496</v>
       </c>
       <c r="B854" t="s">
         <v>1181</v>
       </c>
       <c r="C854" t="s">
-        <v>212</v>
+        <v>280</v>
       </c>
       <c r="D854" t="s">
         <v>219</v>
       </c>
       <c r="E854" t="s">
         <v>220</v>
       </c>
       <c r="F854" t="s">
-        <v>1496</v>
+        <v>1497</v>
       </c>
     </row>
     <row r="855" spans="1:6">
       <c r="A855" t="s">
-        <v>1497</v>
+        <v>1498</v>
       </c>
       <c r="B855" t="s">
         <v>1181</v>
       </c>
       <c r="C855" t="s">
-        <v>212</v>
+        <v>280</v>
       </c>
       <c r="D855" t="s">
-        <v>223</v>
+        <v>227</v>
       </c>
       <c r="E855" t="s">
-        <v>224</v>
+        <v>228</v>
       </c>
       <c r="F855" t="s">
-        <v>1498</v>
+        <v>602</v>
       </c>
     </row>
     <row r="856" spans="1:6">
       <c r="A856" t="s">
         <v>1499</v>
       </c>
       <c r="B856" t="s">
         <v>1181</v>
       </c>
       <c r="C856" t="s">
-        <v>212</v>
+        <v>280</v>
       </c>
       <c r="D856" t="s">
-        <v>227</v>
+        <v>223</v>
       </c>
       <c r="E856" t="s">
-        <v>228</v>
+        <v>224</v>
       </c>
       <c r="F856" t="s">
-        <v>602</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="857" spans="1:6">
       <c r="A857" t="s">
-        <v>1500</v>
+        <v>1501</v>
       </c>
       <c r="B857" t="s">
         <v>1181</v>
       </c>
       <c r="C857" t="s">
-        <v>214</v>
+        <v>208</v>
       </c>
       <c r="D857" t="s">
-        <v>219</v>
+        <v>118</v>
       </c>
       <c r="E857" t="s">
-        <v>220</v>
+        <v>119</v>
       </c>
       <c r="F857" t="s">
-        <v>1501</v>
+        <v>1495</v>
       </c>
     </row>
     <row r="858" spans="1:6">
       <c r="A858" t="s">
         <v>1502</v>
       </c>
       <c r="B858" t="s">
         <v>1181</v>
       </c>
       <c r="C858" t="s">
-        <v>214</v>
+        <v>208</v>
       </c>
       <c r="D858" t="s">
-        <v>223</v>
+        <v>219</v>
       </c>
       <c r="E858" t="s">
-        <v>224</v>
+        <v>220</v>
       </c>
       <c r="F858" t="s">
         <v>1503</v>
       </c>
     </row>
     <row r="859" spans="1:6">
       <c r="A859" t="s">
         <v>1504</v>
       </c>
       <c r="B859" t="s">
         <v>1181</v>
       </c>
       <c r="C859" t="s">
-        <v>214</v>
+        <v>208</v>
       </c>
       <c r="D859" t="s">
         <v>227</v>
       </c>
       <c r="E859" t="s">
         <v>228</v>
       </c>
       <c r="F859" t="s">
         <v>602</v>
       </c>
     </row>
     <row r="860" spans="1:6">
       <c r="A860" t="s">
         <v>1505</v>
       </c>
       <c r="B860" t="s">
         <v>1181</v>
       </c>
       <c r="C860" t="s">
-        <v>312</v>
+        <v>208</v>
       </c>
       <c r="D860" t="s">
-        <v>219</v>
+        <v>223</v>
       </c>
       <c r="E860" t="s">
-        <v>220</v>
+        <v>224</v>
       </c>
       <c r="F860" t="s">
         <v>1506</v>
       </c>
     </row>
     <row r="861" spans="1:6">
       <c r="A861" t="s">
         <v>1507</v>
       </c>
       <c r="B861" t="s">
         <v>1181</v>
       </c>
       <c r="C861" t="s">
-        <v>312</v>
+        <v>210</v>
       </c>
       <c r="D861" t="s">
-        <v>223</v>
+        <v>118</v>
       </c>
       <c r="E861" t="s">
-        <v>224</v>
+        <v>119</v>
       </c>
       <c r="F861" t="s">
         <v>1508</v>
       </c>
     </row>
     <row r="862" spans="1:6">
       <c r="A862" t="s">
         <v>1509</v>
       </c>
       <c r="B862" t="s">
         <v>1181</v>
       </c>
       <c r="C862" t="s">
-        <v>312</v>
+        <v>210</v>
       </c>
       <c r="D862" t="s">
         <v>227</v>
       </c>
       <c r="E862" t="s">
         <v>228</v>
       </c>
       <c r="F862" t="s">
         <v>602</v>
       </c>
     </row>
     <row r="863" spans="1:6">
       <c r="A863" t="s">
         <v>1510</v>
       </c>
       <c r="B863" t="s">
         <v>1181</v>
       </c>
       <c r="C863" t="s">
-        <v>316</v>
+        <v>210</v>
       </c>
       <c r="D863" t="s">
         <v>219</v>
       </c>
       <c r="E863" t="s">
         <v>220</v>
       </c>
       <c r="F863" t="s">
         <v>1511</v>
       </c>
     </row>
     <row r="864" spans="1:6">
       <c r="A864" t="s">
         <v>1512</v>
       </c>
       <c r="B864" t="s">
         <v>1181</v>
       </c>
       <c r="C864" t="s">
-        <v>316</v>
+        <v>210</v>
       </c>
       <c r="D864" t="s">
         <v>223</v>
       </c>
       <c r="E864" t="s">
         <v>224</v>
       </c>
       <c r="F864" t="s">
         <v>1513</v>
       </c>
     </row>
     <row r="865" spans="1:6">
       <c r="A865" t="s">
         <v>1514</v>
       </c>
       <c r="B865" t="s">
         <v>1181</v>
       </c>
       <c r="C865" t="s">
-        <v>316</v>
+        <v>290</v>
       </c>
       <c r="D865" t="s">
-        <v>227</v>
+        <v>118</v>
       </c>
       <c r="E865" t="s">
-        <v>228</v>
+        <v>119</v>
       </c>
       <c r="F865" t="s">
-        <v>602</v>
+        <v>1515</v>
       </c>
     </row>
     <row r="866" spans="1:6">
       <c r="A866" t="s">
-        <v>1515</v>
+        <v>1516</v>
       </c>
       <c r="B866" t="s">
         <v>1181</v>
       </c>
       <c r="C866" t="s">
-        <v>320</v>
+        <v>290</v>
       </c>
       <c r="D866" t="s">
-        <v>219</v>
+        <v>227</v>
       </c>
       <c r="E866" t="s">
-        <v>220</v>
+        <v>228</v>
       </c>
       <c r="F866" t="s">
-        <v>1516</v>
+        <v>602</v>
       </c>
     </row>
     <row r="867" spans="1:6">
       <c r="A867" t="s">
         <v>1517</v>
       </c>
       <c r="B867" t="s">
         <v>1181</v>
       </c>
       <c r="C867" t="s">
-        <v>320</v>
+        <v>290</v>
       </c>
       <c r="D867" t="s">
         <v>223</v>
       </c>
       <c r="E867" t="s">
         <v>224</v>
       </c>
       <c r="F867" t="s">
         <v>1518</v>
       </c>
     </row>
     <row r="868" spans="1:6">
       <c r="A868" t="s">
         <v>1519</v>
       </c>
       <c r="B868" t="s">
         <v>1181</v>
       </c>
       <c r="C868" t="s">
-        <v>320</v>
+        <v>290</v>
       </c>
       <c r="D868" t="s">
-        <v>227</v>
+        <v>219</v>
       </c>
       <c r="E868" t="s">
-        <v>228</v>
+        <v>220</v>
       </c>
       <c r="F868" t="s">
-        <v>602</v>
+        <v>1520</v>
       </c>
     </row>
     <row r="869" spans="1:6">
       <c r="A869" t="s">
-        <v>1520</v>
+        <v>1521</v>
       </c>
       <c r="B869" t="s">
         <v>1181</v>
       </c>
       <c r="C869" t="s">
-        <v>324</v>
+        <v>294</v>
       </c>
       <c r="D869" t="s">
-        <v>219</v>
+        <v>118</v>
       </c>
       <c r="E869" t="s">
-        <v>220</v>
+        <v>119</v>
       </c>
       <c r="F869" t="s">
-        <v>1521</v>
+        <v>1522</v>
       </c>
     </row>
     <row r="870" spans="1:6">
       <c r="A870" t="s">
-        <v>1522</v>
+        <v>1523</v>
       </c>
       <c r="B870" t="s">
         <v>1181</v>
       </c>
       <c r="C870" t="s">
-        <v>324</v>
+        <v>294</v>
       </c>
       <c r="D870" t="s">
-        <v>223</v>
+        <v>219</v>
       </c>
       <c r="E870" t="s">
-        <v>224</v>
+        <v>220</v>
       </c>
       <c r="F870" t="s">
-        <v>1523</v>
+        <v>1524</v>
       </c>
     </row>
     <row r="871" spans="1:6">
       <c r="A871" t="s">
-        <v>1524</v>
+        <v>1525</v>
       </c>
       <c r="B871" t="s">
         <v>1181</v>
       </c>
       <c r="C871" t="s">
-        <v>324</v>
+        <v>294</v>
       </c>
       <c r="D871" t="s">
-        <v>227</v>
+        <v>223</v>
       </c>
       <c r="E871" t="s">
-        <v>228</v>
+        <v>224</v>
       </c>
       <c r="F871" t="s">
-        <v>602</v>
+        <v>1526</v>
       </c>
     </row>
     <row r="872" spans="1:6">
       <c r="A872" t="s">
-        <v>1525</v>
+        <v>1527</v>
       </c>
       <c r="B872" t="s">
         <v>1181</v>
       </c>
       <c r="C872" t="s">
-        <v>328</v>
+        <v>294</v>
       </c>
       <c r="D872" t="s">
-        <v>219</v>
+        <v>227</v>
       </c>
       <c r="E872" t="s">
-        <v>220</v>
+        <v>228</v>
       </c>
       <c r="F872" t="s">
-        <v>1526</v>
+        <v>602</v>
       </c>
     </row>
     <row r="873" spans="1:6">
       <c r="A873" t="s">
-        <v>1527</v>
+        <v>1528</v>
       </c>
       <c r="B873" t="s">
         <v>1181</v>
       </c>
       <c r="C873" t="s">
-        <v>328</v>
+        <v>298</v>
       </c>
       <c r="D873" t="s">
-        <v>223</v>
+        <v>118</v>
       </c>
       <c r="E873" t="s">
-        <v>224</v>
+        <v>119</v>
       </c>
       <c r="F873" t="s">
-        <v>1528</v>
+        <v>1529</v>
       </c>
     </row>
     <row r="874" spans="1:6">
       <c r="A874" t="s">
-        <v>1529</v>
+        <v>1530</v>
       </c>
       <c r="B874" t="s">
         <v>1181</v>
       </c>
       <c r="C874" t="s">
-        <v>328</v>
+        <v>298</v>
       </c>
       <c r="D874" t="s">
-        <v>227</v>
+        <v>219</v>
       </c>
       <c r="E874" t="s">
-        <v>228</v>
+        <v>220</v>
       </c>
       <c r="F874" t="s">
-        <v>602</v>
+        <v>1531</v>
       </c>
     </row>
     <row r="875" spans="1:6">
       <c r="A875" t="s">
-        <v>1530</v>
+        <v>1532</v>
       </c>
       <c r="B875" t="s">
         <v>1181</v>
       </c>
       <c r="C875" t="s">
-        <v>332</v>
+        <v>298</v>
       </c>
       <c r="D875" t="s">
-        <v>219</v>
+        <v>223</v>
       </c>
       <c r="E875" t="s">
-        <v>220</v>
+        <v>224</v>
       </c>
       <c r="F875" t="s">
-        <v>1531</v>
+        <v>1533</v>
       </c>
     </row>
     <row r="876" spans="1:6">
       <c r="A876" t="s">
-        <v>1532</v>
+        <v>1534</v>
       </c>
       <c r="B876" t="s">
         <v>1181</v>
       </c>
       <c r="C876" t="s">
-        <v>332</v>
+        <v>298</v>
       </c>
       <c r="D876" t="s">
-        <v>223</v>
+        <v>227</v>
       </c>
       <c r="E876" t="s">
-        <v>224</v>
+        <v>228</v>
       </c>
       <c r="F876" t="s">
-        <v>1533</v>
+        <v>602</v>
       </c>
     </row>
     <row r="877" spans="1:6">
       <c r="A877" t="s">
-        <v>1534</v>
+        <v>1535</v>
       </c>
       <c r="B877" t="s">
         <v>1181</v>
       </c>
       <c r="C877" t="s">
-        <v>332</v>
+        <v>302</v>
       </c>
       <c r="D877" t="s">
-        <v>227</v>
+        <v>219</v>
       </c>
       <c r="E877" t="s">
-        <v>228</v>
+        <v>220</v>
       </c>
       <c r="F877" t="s">
-        <v>602</v>
+        <v>1536</v>
       </c>
     </row>
     <row r="878" spans="1:6">
       <c r="A878" t="s">
-        <v>1535</v>
+        <v>1537</v>
       </c>
       <c r="B878" t="s">
         <v>1181</v>
       </c>
       <c r="C878" t="s">
-        <v>336</v>
+        <v>302</v>
       </c>
       <c r="D878" t="s">
-        <v>219</v>
+        <v>223</v>
       </c>
       <c r="E878" t="s">
-        <v>220</v>
+        <v>224</v>
       </c>
       <c r="F878" t="s">
-        <v>1536</v>
+        <v>1538</v>
       </c>
     </row>
     <row r="879" spans="1:6">
       <c r="A879" t="s">
-        <v>1537</v>
+        <v>1539</v>
       </c>
       <c r="B879" t="s">
         <v>1181</v>
       </c>
       <c r="C879" t="s">
-        <v>336</v>
+        <v>302</v>
       </c>
       <c r="D879" t="s">
-        <v>223</v>
+        <v>227</v>
       </c>
       <c r="E879" t="s">
-        <v>224</v>
+        <v>228</v>
       </c>
       <c r="F879" t="s">
-        <v>1538</v>
+        <v>602</v>
       </c>
     </row>
     <row r="880" spans="1:6">
       <c r="A880" t="s">
-        <v>1539</v>
+        <v>1540</v>
       </c>
       <c r="B880" t="s">
         <v>1181</v>
       </c>
       <c r="C880" t="s">
-        <v>336</v>
+        <v>212</v>
       </c>
       <c r="D880" t="s">
-        <v>227</v>
+        <v>219</v>
       </c>
       <c r="E880" t="s">
-        <v>228</v>
+        <v>220</v>
       </c>
       <c r="F880" t="s">
-        <v>602</v>
+        <v>1541</v>
       </c>
     </row>
     <row r="881" spans="1:6">
       <c r="A881" t="s">
-        <v>1540</v>
+        <v>1542</v>
       </c>
       <c r="B881" t="s">
         <v>1181</v>
       </c>
       <c r="C881" t="s">
-        <v>340</v>
+        <v>212</v>
       </c>
       <c r="D881" t="s">
-        <v>219</v>
+        <v>223</v>
       </c>
       <c r="E881" t="s">
-        <v>220</v>
+        <v>224</v>
       </c>
       <c r="F881" t="s">
-        <v>1541</v>
+        <v>1543</v>
       </c>
     </row>
     <row r="882" spans="1:6">
       <c r="A882" t="s">
-        <v>1542</v>
+        <v>1544</v>
       </c>
       <c r="B882" t="s">
         <v>1181</v>
       </c>
       <c r="C882" t="s">
-        <v>340</v>
+        <v>212</v>
       </c>
       <c r="D882" t="s">
-        <v>223</v>
+        <v>227</v>
       </c>
       <c r="E882" t="s">
-        <v>224</v>
+        <v>228</v>
       </c>
       <c r="F882" t="s">
-        <v>1543</v>
+        <v>602</v>
       </c>
     </row>
     <row r="883" spans="1:6">
       <c r="A883" t="s">
-        <v>1544</v>
+        <v>1545</v>
       </c>
       <c r="B883" t="s">
         <v>1181</v>
       </c>
       <c r="C883" t="s">
-        <v>340</v>
+        <v>214</v>
       </c>
       <c r="D883" t="s">
-        <v>227</v>
+        <v>219</v>
       </c>
       <c r="E883" t="s">
-        <v>228</v>
+        <v>220</v>
       </c>
       <c r="F883" t="s">
-        <v>602</v>
+        <v>1546</v>
       </c>
     </row>
     <row r="884" spans="1:6">
       <c r="A884" t="s">
-        <v>1545</v>
+        <v>1547</v>
       </c>
       <c r="B884" t="s">
         <v>1181</v>
       </c>
       <c r="C884" t="s">
-        <v>344</v>
+        <v>214</v>
       </c>
       <c r="D884" t="s">
-        <v>219</v>
+        <v>223</v>
       </c>
       <c r="E884" t="s">
-        <v>220</v>
+        <v>224</v>
       </c>
       <c r="F884" t="s">
-        <v>1546</v>
+        <v>1548</v>
       </c>
     </row>
     <row r="885" spans="1:6">
       <c r="A885" t="s">
-        <v>1547</v>
+        <v>1549</v>
       </c>
       <c r="B885" t="s">
         <v>1181</v>
       </c>
       <c r="C885" t="s">
-        <v>344</v>
+        <v>214</v>
       </c>
       <c r="D885" t="s">
-        <v>223</v>
+        <v>227</v>
       </c>
       <c r="E885" t="s">
-        <v>224</v>
+        <v>228</v>
       </c>
       <c r="F885" t="s">
-        <v>1548</v>
+        <v>602</v>
       </c>
     </row>
     <row r="886" spans="1:6">
       <c r="A886" t="s">
-        <v>1549</v>
+        <v>1550</v>
       </c>
       <c r="B886" t="s">
         <v>1181</v>
       </c>
       <c r="C886" t="s">
-        <v>344</v>
+        <v>312</v>
       </c>
       <c r="D886" t="s">
-        <v>227</v>
+        <v>219</v>
       </c>
       <c r="E886" t="s">
-        <v>228</v>
+        <v>220</v>
       </c>
       <c r="F886" t="s">
-        <v>602</v>
+        <v>1551</v>
       </c>
     </row>
     <row r="887" spans="1:6">
       <c r="A887" t="s">
-        <v>1550</v>
+        <v>1552</v>
       </c>
       <c r="B887" t="s">
         <v>1181</v>
       </c>
       <c r="C887" t="s">
+        <v>312</v>
+      </c>
+      <c r="D887" t="s">
+        <v>223</v>
+      </c>
+      <c r="E887" t="s">
+        <v>224</v>
+      </c>
+      <c r="F887" t="s">
+        <v>1553</v>
+      </c>
+    </row>
+    <row r="888" spans="1:6">
+      <c r="A888" t="s">
+        <v>1554</v>
+      </c>
+      <c r="B888" t="s">
+        <v>1181</v>
+      </c>
+      <c r="C888" t="s">
+        <v>312</v>
+      </c>
+      <c r="D888" t="s">
+        <v>227</v>
+      </c>
+      <c r="E888" t="s">
+        <v>228</v>
+      </c>
+      <c r="F888" t="s">
+        <v>602</v>
+      </c>
+    </row>
+    <row r="889" spans="1:6">
+      <c r="A889" t="s">
+        <v>1555</v>
+      </c>
+      <c r="B889" t="s">
+        <v>1181</v>
+      </c>
+      <c r="C889" t="s">
+        <v>316</v>
+      </c>
+      <c r="D889" t="s">
+        <v>219</v>
+      </c>
+      <c r="E889" t="s">
+        <v>220</v>
+      </c>
+      <c r="F889" t="s">
+        <v>1556</v>
+      </c>
+    </row>
+    <row r="890" spans="1:6">
+      <c r="A890" t="s">
+        <v>1557</v>
+      </c>
+      <c r="B890" t="s">
+        <v>1181</v>
+      </c>
+      <c r="C890" t="s">
+        <v>316</v>
+      </c>
+      <c r="D890" t="s">
+        <v>223</v>
+      </c>
+      <c r="E890" t="s">
+        <v>224</v>
+      </c>
+      <c r="F890" t="s">
+        <v>1558</v>
+      </c>
+    </row>
+    <row r="891" spans="1:6">
+      <c r="A891" t="s">
+        <v>1559</v>
+      </c>
+      <c r="B891" t="s">
+        <v>1181</v>
+      </c>
+      <c r="C891" t="s">
+        <v>316</v>
+      </c>
+      <c r="D891" t="s">
+        <v>227</v>
+      </c>
+      <c r="E891" t="s">
+        <v>228</v>
+      </c>
+      <c r="F891" t="s">
+        <v>602</v>
+      </c>
+    </row>
+    <row r="892" spans="1:6">
+      <c r="A892" t="s">
+        <v>1560</v>
+      </c>
+      <c r="B892" t="s">
+        <v>1181</v>
+      </c>
+      <c r="C892" t="s">
+        <v>320</v>
+      </c>
+      <c r="D892" t="s">
+        <v>219</v>
+      </c>
+      <c r="E892" t="s">
+        <v>220</v>
+      </c>
+      <c r="F892" t="s">
+        <v>1561</v>
+      </c>
+    </row>
+    <row r="893" spans="1:6">
+      <c r="A893" t="s">
+        <v>1562</v>
+      </c>
+      <c r="B893" t="s">
+        <v>1181</v>
+      </c>
+      <c r="C893" t="s">
+        <v>320</v>
+      </c>
+      <c r="D893" t="s">
+        <v>223</v>
+      </c>
+      <c r="E893" t="s">
+        <v>224</v>
+      </c>
+      <c r="F893" t="s">
+        <v>1563</v>
+      </c>
+    </row>
+    <row r="894" spans="1:6">
+      <c r="A894" t="s">
+        <v>1564</v>
+      </c>
+      <c r="B894" t="s">
+        <v>1181</v>
+      </c>
+      <c r="C894" t="s">
+        <v>320</v>
+      </c>
+      <c r="D894" t="s">
+        <v>227</v>
+      </c>
+      <c r="E894" t="s">
+        <v>228</v>
+      </c>
+      <c r="F894" t="s">
+        <v>602</v>
+      </c>
+    </row>
+    <row r="895" spans="1:6">
+      <c r="A895" t="s">
+        <v>1565</v>
+      </c>
+      <c r="B895" t="s">
+        <v>1181</v>
+      </c>
+      <c r="C895" t="s">
+        <v>324</v>
+      </c>
+      <c r="D895" t="s">
+        <v>219</v>
+      </c>
+      <c r="E895" t="s">
+        <v>220</v>
+      </c>
+      <c r="F895" t="s">
+        <v>1566</v>
+      </c>
+    </row>
+    <row r="896" spans="1:6">
+      <c r="A896" t="s">
+        <v>1567</v>
+      </c>
+      <c r="B896" t="s">
+        <v>1181</v>
+      </c>
+      <c r="C896" t="s">
+        <v>324</v>
+      </c>
+      <c r="D896" t="s">
+        <v>223</v>
+      </c>
+      <c r="E896" t="s">
+        <v>224</v>
+      </c>
+      <c r="F896" t="s">
+        <v>1568</v>
+      </c>
+    </row>
+    <row r="897" spans="1:6">
+      <c r="A897" t="s">
+        <v>1569</v>
+      </c>
+      <c r="B897" t="s">
+        <v>1181</v>
+      </c>
+      <c r="C897" t="s">
+        <v>324</v>
+      </c>
+      <c r="D897" t="s">
+        <v>227</v>
+      </c>
+      <c r="E897" t="s">
+        <v>228</v>
+      </c>
+      <c r="F897" t="s">
+        <v>602</v>
+      </c>
+    </row>
+    <row r="898" spans="1:6">
+      <c r="A898" t="s">
+        <v>1570</v>
+      </c>
+      <c r="B898" t="s">
+        <v>1181</v>
+      </c>
+      <c r="C898" t="s">
+        <v>328</v>
+      </c>
+      <c r="D898" t="s">
+        <v>219</v>
+      </c>
+      <c r="E898" t="s">
+        <v>220</v>
+      </c>
+      <c r="F898" t="s">
+        <v>1571</v>
+      </c>
+    </row>
+    <row r="899" spans="1:6">
+      <c r="A899" t="s">
+        <v>1572</v>
+      </c>
+      <c r="B899" t="s">
+        <v>1181</v>
+      </c>
+      <c r="C899" t="s">
+        <v>328</v>
+      </c>
+      <c r="D899" t="s">
+        <v>223</v>
+      </c>
+      <c r="E899" t="s">
+        <v>224</v>
+      </c>
+      <c r="F899" t="s">
+        <v>1573</v>
+      </c>
+    </row>
+    <row r="900" spans="1:6">
+      <c r="A900" t="s">
+        <v>1574</v>
+      </c>
+      <c r="B900" t="s">
+        <v>1181</v>
+      </c>
+      <c r="C900" t="s">
+        <v>328</v>
+      </c>
+      <c r="D900" t="s">
+        <v>227</v>
+      </c>
+      <c r="E900" t="s">
+        <v>228</v>
+      </c>
+      <c r="F900" t="s">
+        <v>602</v>
+      </c>
+    </row>
+    <row r="901" spans="1:6">
+      <c r="A901" t="s">
+        <v>1575</v>
+      </c>
+      <c r="B901" t="s">
+        <v>1181</v>
+      </c>
+      <c r="C901" t="s">
+        <v>332</v>
+      </c>
+      <c r="D901" t="s">
+        <v>219</v>
+      </c>
+      <c r="E901" t="s">
+        <v>220</v>
+      </c>
+      <c r="F901" t="s">
+        <v>1576</v>
+      </c>
+    </row>
+    <row r="902" spans="1:6">
+      <c r="A902" t="s">
+        <v>1577</v>
+      </c>
+      <c r="B902" t="s">
+        <v>1181</v>
+      </c>
+      <c r="C902" t="s">
+        <v>332</v>
+      </c>
+      <c r="D902" t="s">
+        <v>223</v>
+      </c>
+      <c r="E902" t="s">
+        <v>224</v>
+      </c>
+      <c r="F902" t="s">
+        <v>1578</v>
+      </c>
+    </row>
+    <row r="903" spans="1:6">
+      <c r="A903" t="s">
+        <v>1579</v>
+      </c>
+      <c r="B903" t="s">
+        <v>1181</v>
+      </c>
+      <c r="C903" t="s">
+        <v>332</v>
+      </c>
+      <c r="D903" t="s">
+        <v>227</v>
+      </c>
+      <c r="E903" t="s">
+        <v>228</v>
+      </c>
+      <c r="F903" t="s">
+        <v>602</v>
+      </c>
+    </row>
+    <row r="904" spans="1:6">
+      <c r="A904" t="s">
+        <v>1580</v>
+      </c>
+      <c r="B904" t="s">
+        <v>1181</v>
+      </c>
+      <c r="C904" t="s">
+        <v>336</v>
+      </c>
+      <c r="D904" t="s">
+        <v>219</v>
+      </c>
+      <c r="E904" t="s">
+        <v>220</v>
+      </c>
+      <c r="F904" t="s">
+        <v>1581</v>
+      </c>
+    </row>
+    <row r="905" spans="1:6">
+      <c r="A905" t="s">
+        <v>1582</v>
+      </c>
+      <c r="B905" t="s">
+        <v>1181</v>
+      </c>
+      <c r="C905" t="s">
+        <v>336</v>
+      </c>
+      <c r="D905" t="s">
+        <v>223</v>
+      </c>
+      <c r="E905" t="s">
+        <v>224</v>
+      </c>
+      <c r="F905" t="s">
+        <v>1583</v>
+      </c>
+    </row>
+    <row r="906" spans="1:6">
+      <c r="A906" t="s">
+        <v>1584</v>
+      </c>
+      <c r="B906" t="s">
+        <v>1181</v>
+      </c>
+      <c r="C906" t="s">
+        <v>336</v>
+      </c>
+      <c r="D906" t="s">
+        <v>227</v>
+      </c>
+      <c r="E906" t="s">
+        <v>228</v>
+      </c>
+      <c r="F906" t="s">
+        <v>602</v>
+      </c>
+    </row>
+    <row r="907" spans="1:6">
+      <c r="A907" t="s">
+        <v>1585</v>
+      </c>
+      <c r="B907" t="s">
+        <v>1181</v>
+      </c>
+      <c r="C907" t="s">
+        <v>340</v>
+      </c>
+      <c r="D907" t="s">
+        <v>219</v>
+      </c>
+      <c r="E907" t="s">
+        <v>220</v>
+      </c>
+      <c r="F907" t="s">
+        <v>1586</v>
+      </c>
+    </row>
+    <row r="908" spans="1:6">
+      <c r="A908" t="s">
+        <v>1587</v>
+      </c>
+      <c r="B908" t="s">
+        <v>1181</v>
+      </c>
+      <c r="C908" t="s">
+        <v>340</v>
+      </c>
+      <c r="D908" t="s">
+        <v>223</v>
+      </c>
+      <c r="E908" t="s">
+        <v>224</v>
+      </c>
+      <c r="F908" t="s">
+        <v>1588</v>
+      </c>
+    </row>
+    <row r="909" spans="1:6">
+      <c r="A909" t="s">
+        <v>1589</v>
+      </c>
+      <c r="B909" t="s">
+        <v>1181</v>
+      </c>
+      <c r="C909" t="s">
+        <v>340</v>
+      </c>
+      <c r="D909" t="s">
+        <v>227</v>
+      </c>
+      <c r="E909" t="s">
+        <v>228</v>
+      </c>
+      <c r="F909" t="s">
+        <v>602</v>
+      </c>
+    </row>
+    <row r="910" spans="1:6">
+      <c r="A910" t="s">
+        <v>1590</v>
+      </c>
+      <c r="B910" t="s">
+        <v>1181</v>
+      </c>
+      <c r="C910" t="s">
+        <v>344</v>
+      </c>
+      <c r="D910" t="s">
+        <v>219</v>
+      </c>
+      <c r="E910" t="s">
+        <v>220</v>
+      </c>
+      <c r="F910" t="s">
+        <v>1591</v>
+      </c>
+    </row>
+    <row r="911" spans="1:6">
+      <c r="A911" t="s">
+        <v>1592</v>
+      </c>
+      <c r="B911" t="s">
+        <v>1181</v>
+      </c>
+      <c r="C911" t="s">
+        <v>344</v>
+      </c>
+      <c r="D911" t="s">
+        <v>223</v>
+      </c>
+      <c r="E911" t="s">
+        <v>224</v>
+      </c>
+      <c r="F911" t="s">
+        <v>1593</v>
+      </c>
+    </row>
+    <row r="912" spans="1:6">
+      <c r="A912" t="s">
+        <v>1594</v>
+      </c>
+      <c r="B912" t="s">
+        <v>1181</v>
+      </c>
+      <c r="C912" t="s">
+        <v>344</v>
+      </c>
+      <c r="D912" t="s">
+        <v>227</v>
+      </c>
+      <c r="E912" t="s">
+        <v>228</v>
+      </c>
+      <c r="F912" t="s">
+        <v>602</v>
+      </c>
+    </row>
+    <row r="913" spans="1:6">
+      <c r="A913" t="s">
+        <v>1595</v>
+      </c>
+      <c r="B913" t="s">
+        <v>1181</v>
+      </c>
+      <c r="C913" t="s">
         <v>348</v>
       </c>
-      <c r="D887" t="s">
+      <c r="D913" t="s">
         <v>227</v>
       </c>
-      <c r="E887" t="s">
+      <c r="E913" t="s">
         <v>228</v>
       </c>
-      <c r="F887" t="s">
+      <c r="F913" t="s">
         <v>602</v>
+      </c>
+    </row>
+    <row r="914" spans="1:6">
+      <c r="A914" t="s">
+        <v>1596</v>
+      </c>
+      <c r="B914" t="s">
+        <v>1181</v>
+      </c>
+      <c r="C914" t="s">
+        <v>348</v>
+      </c>
+      <c r="D914" t="s">
+        <v>219</v>
+      </c>
+      <c r="E914" t="s">
+        <v>220</v>
+      </c>
+      <c r="F914" t="s">
+        <v>1597</v>
+      </c>
+    </row>
+    <row r="915" spans="1:6">
+      <c r="A915" t="s">
+        <v>1598</v>
+      </c>
+      <c r="B915" t="s">
+        <v>1181</v>
+      </c>
+      <c r="C915" t="s">
+        <v>348</v>
+      </c>
+      <c r="D915" t="s">
+        <v>223</v>
+      </c>
+      <c r="E915" t="s">
+        <v>224</v>
+      </c>
+      <c r="F915" t="s">
+        <v>1599</v>
+      </c>
+    </row>
+    <row r="916" spans="1:6">
+      <c r="A916" t="s">
+        <v>1600</v>
+      </c>
+      <c r="B916" t="s">
+        <v>1181</v>
+      </c>
+      <c r="C916" t="s">
+        <v>352</v>
+      </c>
+      <c r="D916" t="s">
+        <v>219</v>
+      </c>
+      <c r="E916" t="s">
+        <v>220</v>
+      </c>
+      <c r="F916" t="s">
+        <v>1601</v>
+      </c>
+    </row>
+    <row r="917" spans="1:6">
+      <c r="A917" t="s">
+        <v>1602</v>
+      </c>
+      <c r="B917" t="s">
+        <v>1181</v>
+      </c>
+      <c r="C917" t="s">
+        <v>352</v>
+      </c>
+      <c r="D917" t="s">
+        <v>223</v>
+      </c>
+      <c r="E917" t="s">
+        <v>224</v>
+      </c>
+      <c r="F917" t="s">
+        <v>1603</v>
+      </c>
+    </row>
+    <row r="918" spans="1:6">
+      <c r="A918" t="s">
+        <v>1604</v>
+      </c>
+      <c r="B918" t="s">
+        <v>1181</v>
+      </c>
+      <c r="C918" t="s">
+        <v>352</v>
+      </c>
+      <c r="D918" t="s">
+        <v>227</v>
+      </c>
+      <c r="E918" t="s">
+        <v>228</v>
+      </c>
+      <c r="F918" t="s">
+        <v>602</v>
+      </c>
+    </row>
+    <row r="919" spans="1:6">
+      <c r="A919" t="s">
+        <v>1605</v>
+      </c>
+      <c r="B919" t="s">
+        <v>1181</v>
+      </c>
+      <c r="C919" t="s">
+        <v>356</v>
+      </c>
+      <c r="D919" t="s">
+        <v>219</v>
+      </c>
+      <c r="E919" t="s">
+        <v>220</v>
+      </c>
+      <c r="F919" t="s">
+        <v>1606</v>
+      </c>
+    </row>
+    <row r="920" spans="1:6">
+      <c r="A920" t="s">
+        <v>1607</v>
+      </c>
+      <c r="B920" t="s">
+        <v>1181</v>
+      </c>
+      <c r="C920" t="s">
+        <v>356</v>
+      </c>
+      <c r="D920" t="s">
+        <v>223</v>
+      </c>
+      <c r="E920" t="s">
+        <v>224</v>
+      </c>
+      <c r="F920" t="s">
+        <v>1608</v>
+      </c>
+    </row>
+    <row r="921" spans="1:6">
+      <c r="A921" t="s">
+        <v>1609</v>
+      </c>
+      <c r="B921" t="s">
+        <v>1181</v>
+      </c>
+      <c r="C921" t="s">
+        <v>356</v>
+      </c>
+      <c r="D921" t="s">
+        <v>227</v>
+      </c>
+      <c r="E921" t="s">
+        <v>228</v>
+      </c>
+      <c r="F921" t="s">
+        <v>602</v>
+      </c>
+    </row>
+    <row r="922" spans="1:6">
+      <c r="A922" t="s">
+        <v>1610</v>
+      </c>
+      <c r="B922" t="s">
+        <v>1181</v>
+      </c>
+      <c r="C922" t="s">
+        <v>360</v>
+      </c>
+      <c r="D922" t="s">
+        <v>219</v>
+      </c>
+      <c r="E922" t="s">
+        <v>220</v>
+      </c>
+      <c r="F922" t="s">
+        <v>1611</v>
+      </c>
+    </row>
+    <row r="923" spans="1:6">
+      <c r="A923" t="s">
+        <v>1612</v>
+      </c>
+      <c r="B923" t="s">
+        <v>1181</v>
+      </c>
+      <c r="C923" t="s">
+        <v>360</v>
+      </c>
+      <c r="D923" t="s">
+        <v>223</v>
+      </c>
+      <c r="E923" t="s">
+        <v>224</v>
+      </c>
+      <c r="F923" t="s">
+        <v>1613</v>
+      </c>
+    </row>
+    <row r="924" spans="1:6">
+      <c r="A924" t="s">
+        <v>1614</v>
+      </c>
+      <c r="B924" t="s">
+        <v>1181</v>
+      </c>
+      <c r="C924" t="s">
+        <v>360</v>
+      </c>
+      <c r="D924" t="s">
+        <v>227</v>
+      </c>
+      <c r="E924" t="s">
+        <v>228</v>
+      </c>
+      <c r="F924" t="s">
+        <v>602</v>
+      </c>
+    </row>
+    <row r="925" spans="1:6">
+      <c r="A925" t="s">
+        <v>1615</v>
+      </c>
+      <c r="B925" t="s">
+        <v>1181</v>
+      </c>
+      <c r="C925" t="s">
+        <v>364</v>
+      </c>
+      <c r="D925" t="s">
+        <v>219</v>
+      </c>
+      <c r="E925" t="s">
+        <v>220</v>
+      </c>
+      <c r="F925" t="s">
+        <v>1616</v>
+      </c>
+    </row>
+    <row r="926" spans="1:6">
+      <c r="A926" t="s">
+        <v>1617</v>
+      </c>
+      <c r="B926" t="s">
+        <v>1181</v>
+      </c>
+      <c r="C926" t="s">
+        <v>364</v>
+      </c>
+      <c r="D926" t="s">
+        <v>223</v>
+      </c>
+      <c r="E926" t="s">
+        <v>224</v>
+      </c>
+      <c r="F926" t="s">
+        <v>1618</v>
+      </c>
+    </row>
+    <row r="927" spans="1:6">
+      <c r="A927" t="s">
+        <v>1619</v>
+      </c>
+      <c r="B927" t="s">
+        <v>1181</v>
+      </c>
+      <c r="C927" t="s">
+        <v>364</v>
+      </c>
+      <c r="D927" t="s">
+        <v>227</v>
+      </c>
+      <c r="E927" t="s">
+        <v>228</v>
+      </c>
+      <c r="F927" t="s">
+        <v>602</v>
+      </c>
+    </row>
+    <row r="928" spans="1:6">
+      <c r="A928" t="s">
+        <v>1620</v>
+      </c>
+      <c r="B928" t="s">
+        <v>1181</v>
+      </c>
+      <c r="C928" t="s">
+        <v>368</v>
+      </c>
+      <c r="D928" t="s">
+        <v>219</v>
+      </c>
+      <c r="E928" t="s">
+        <v>220</v>
+      </c>
+      <c r="F928" t="s">
+        <v>1621</v>
+      </c>
+    </row>
+    <row r="929" spans="1:6">
+      <c r="A929" t="s">
+        <v>1622</v>
+      </c>
+      <c r="B929" t="s">
+        <v>1181</v>
+      </c>
+      <c r="C929" t="s">
+        <v>368</v>
+      </c>
+      <c r="D929" t="s">
+        <v>223</v>
+      </c>
+      <c r="E929" t="s">
+        <v>224</v>
+      </c>
+      <c r="F929" t="s">
+        <v>1623</v>
+      </c>
+    </row>
+    <row r="930" spans="1:6">
+      <c r="A930" t="s">
+        <v>1624</v>
+      </c>
+      <c r="B930" t="s">
+        <v>1181</v>
+      </c>
+      <c r="C930" t="s">
+        <v>368</v>
+      </c>
+      <c r="D930" t="s">
+        <v>227</v>
+      </c>
+      <c r="E930" t="s">
+        <v>228</v>
+      </c>
+      <c r="F930" t="s">
+        <v>602</v>
+      </c>
+    </row>
+    <row r="931" spans="1:6">
+      <c r="A931" t="s">
+        <v>1625</v>
+      </c>
+      <c r="B931" t="s">
+        <v>1181</v>
+      </c>
+      <c r="C931" t="s">
+        <v>371</v>
+      </c>
+      <c r="D931" t="s">
+        <v>219</v>
+      </c>
+      <c r="E931" t="s">
+        <v>220</v>
+      </c>
+      <c r="F931" t="s">
+        <v>1626</v>
+      </c>
+    </row>
+    <row r="932" spans="1:6">
+      <c r="A932" t="s">
+        <v>1627</v>
+      </c>
+      <c r="B932" t="s">
+        <v>1181</v>
+      </c>
+      <c r="C932" t="s">
+        <v>371</v>
+      </c>
+      <c r="D932" t="s">
+        <v>223</v>
+      </c>
+      <c r="E932" t="s">
+        <v>224</v>
+      </c>
+      <c r="F932" t="s">
+        <v>1628</v>
+      </c>
+    </row>
+    <row r="933" spans="1:6">
+      <c r="A933" t="s">
+        <v>1629</v>
+      </c>
+      <c r="B933" t="s">
+        <v>1181</v>
+      </c>
+      <c r="C933" t="s">
+        <v>371</v>
+      </c>
+      <c r="D933" t="s">
+        <v>227</v>
+      </c>
+      <c r="E933" t="s">
+        <v>228</v>
+      </c>
+      <c r="F933" t="s">
+        <v>602</v>
+      </c>
+    </row>
+    <row r="934" spans="1:6">
+      <c r="A934" t="s">
+        <v>1630</v>
+      </c>
+      <c r="B934" t="s">
+        <v>1181</v>
+      </c>
+      <c r="C934" t="s">
+        <v>374</v>
+      </c>
+      <c r="D934" t="s">
+        <v>219</v>
+      </c>
+      <c r="E934" t="s">
+        <v>220</v>
+      </c>
+      <c r="F934" t="s">
+        <v>1631</v>
+      </c>
+    </row>
+    <row r="935" spans="1:6">
+      <c r="A935" t="s">
+        <v>1632</v>
+      </c>
+      <c r="B935" t="s">
+        <v>1181</v>
+      </c>
+      <c r="C935" t="s">
+        <v>374</v>
+      </c>
+      <c r="D935" t="s">
+        <v>223</v>
+      </c>
+      <c r="E935" t="s">
+        <v>224</v>
+      </c>
+      <c r="F935" t="s">
+        <v>1633</v>
+      </c>
+    </row>
+    <row r="936" spans="1:6">
+      <c r="A936" t="s">
+        <v>1634</v>
+      </c>
+      <c r="B936" t="s">
+        <v>1181</v>
+      </c>
+      <c r="C936" t="s">
+        <v>374</v>
+      </c>
+      <c r="D936" t="s">
+        <v>227</v>
+      </c>
+      <c r="E936" t="s">
+        <v>228</v>
+      </c>
+      <c r="F936" t="s">
+        <v>602</v>
+      </c>
+    </row>
+    <row r="937" spans="1:6">
+      <c r="A937" t="s">
+        <v>1635</v>
+      </c>
+      <c r="B937" t="s">
+        <v>1181</v>
+      </c>
+      <c r="C937" t="s">
+        <v>377</v>
+      </c>
+      <c r="D937" t="s">
+        <v>219</v>
+      </c>
+      <c r="E937" t="s">
+        <v>220</v>
+      </c>
+      <c r="F937" t="s">
+        <v>1636</v>
+      </c>
+    </row>
+    <row r="938" spans="1:6">
+      <c r="A938" t="s">
+        <v>1637</v>
+      </c>
+      <c r="B938" t="s">
+        <v>1181</v>
+      </c>
+      <c r="C938" t="s">
+        <v>377</v>
+      </c>
+      <c r="D938" t="s">
+        <v>223</v>
+      </c>
+      <c r="E938" t="s">
+        <v>224</v>
+      </c>
+      <c r="F938" t="s">
+        <v>1638</v>
+      </c>
+    </row>
+    <row r="939" spans="1:6">
+      <c r="A939" t="s">
+        <v>1639</v>
+      </c>
+      <c r="B939" t="s">
+        <v>1181</v>
+      </c>
+      <c r="C939" t="s">
+        <v>377</v>
+      </c>
+      <c r="D939" t="s">
+        <v>227</v>
+      </c>
+      <c r="E939" t="s">
+        <v>228</v>
+      </c>
+      <c r="F939" t="s">
+        <v>602</v>
+      </c>
+    </row>
+    <row r="940" spans="1:6">
+      <c r="A940" t="s">
+        <v>1640</v>
+      </c>
+      <c r="B940" t="s">
+        <v>1181</v>
+      </c>
+      <c r="C940" t="s">
+        <v>380</v>
+      </c>
+      <c r="D940" t="s">
+        <v>219</v>
+      </c>
+      <c r="E940" t="s">
+        <v>220</v>
+      </c>
+      <c r="F940" t="s">
+        <v>1641</v>
+      </c>
+    </row>
+    <row r="941" spans="1:6">
+      <c r="A941" t="s">
+        <v>1642</v>
+      </c>
+      <c r="B941" t="s">
+        <v>1181</v>
+      </c>
+      <c r="C941" t="s">
+        <v>380</v>
+      </c>
+      <c r="D941" t="s">
+        <v>223</v>
+      </c>
+      <c r="E941" t="s">
+        <v>224</v>
+      </c>
+      <c r="F941" t="s">
+        <v>1643</v>
+      </c>
+    </row>
+    <row r="942" spans="1:6">
+      <c r="A942" t="s">
+        <v>1644</v>
+      </c>
+      <c r="B942" t="s">
+        <v>1181</v>
+      </c>
+      <c r="C942" t="s">
+        <v>380</v>
+      </c>
+      <c r="D942" t="s">
+        <v>227</v>
+      </c>
+      <c r="E942" t="s">
+        <v>228</v>
+      </c>
+      <c r="F942" t="s">
+        <v>228</v>
+      </c>
+    </row>
+    <row r="943" spans="1:6">
+      <c r="A943" t="s">
+        <v>1645</v>
+      </c>
+      <c r="B943" t="s">
+        <v>1181</v>
+      </c>
+      <c r="C943" t="s">
+        <v>222</v>
+      </c>
+      <c r="D943" t="s">
+        <v>223</v>
+      </c>
+      <c r="E943" t="s">
+        <v>224</v>
+      </c>
+      <c r="F943" t="s">
+        <v>1646</v>
+      </c>
+    </row>
+    <row r="944" spans="1:6">
+      <c r="A944" t="s">
+        <v>1647</v>
+      </c>
+      <c r="B944" t="s">
+        <v>1181</v>
+      </c>
+      <c r="C944" t="s">
+        <v>222</v>
+      </c>
+      <c r="D944" t="s">
+        <v>227</v>
+      </c>
+      <c r="E944" t="s">
+        <v>228</v>
+      </c>
+      <c r="F944" t="s">
+        <v>228</v>
+      </c>
+    </row>
+    <row r="945" spans="1:6">
+      <c r="A945" t="s">
+        <v>1648</v>
+      </c>
+      <c r="B945" t="s">
+        <v>1181</v>
+      </c>
+      <c r="C945" t="s">
+        <v>232</v>
+      </c>
+      <c r="D945" t="s">
+        <v>223</v>
+      </c>
+      <c r="E945" t="s">
+        <v>224</v>
+      </c>
+      <c r="F945" t="s">
+        <v>1649</v>
+      </c>
+    </row>
+    <row r="946" spans="1:6">
+      <c r="A946" t="s">
+        <v>1650</v>
+      </c>
+      <c r="B946" t="s">
+        <v>1181</v>
+      </c>
+      <c r="C946" t="s">
+        <v>232</v>
+      </c>
+      <c r="D946" t="s">
+        <v>227</v>
+      </c>
+      <c r="E946" t="s">
+        <v>228</v>
+      </c>
+      <c r="F946" t="s">
+        <v>228</v>
+      </c>
+    </row>
+    <row r="947" spans="1:6">
+      <c r="A947" t="s">
+        <v>1651</v>
+      </c>
+      <c r="B947" t="s">
+        <v>1181</v>
+      </c>
+      <c r="C947" t="s">
+        <v>236</v>
+      </c>
+      <c r="D947" t="s">
+        <v>223</v>
+      </c>
+      <c r="E947" t="s">
+        <v>224</v>
+      </c>
+      <c r="F947" t="s">
+        <v>1652</v>
+      </c>
+    </row>
+    <row r="948" spans="1:6">
+      <c r="A948" t="s">
+        <v>1653</v>
+      </c>
+      <c r="B948" t="s">
+        <v>1181</v>
+      </c>
+      <c r="C948" t="s">
+        <v>236</v>
+      </c>
+      <c r="D948" t="s">
+        <v>227</v>
+      </c>
+      <c r="E948" t="s">
+        <v>228</v>
+      </c>
+      <c r="F948" t="s">
+        <v>228</v>
+      </c>
+    </row>
+    <row r="949" spans="1:6">
+      <c r="A949" t="s">
+        <v>1654</v>
+      </c>
+      <c r="B949" t="s">
+        <v>1181</v>
+      </c>
+      <c r="C949" t="s">
+        <v>240</v>
+      </c>
+      <c r="D949" t="s">
+        <v>223</v>
+      </c>
+      <c r="E949" t="s">
+        <v>224</v>
+      </c>
+      <c r="F949" t="s">
+        <v>1655</v>
+      </c>
+    </row>
+    <row r="950" spans="1:6">
+      <c r="A950" t="s">
+        <v>1656</v>
+      </c>
+      <c r="B950" t="s">
+        <v>1181</v>
+      </c>
+      <c r="C950" t="s">
+        <v>240</v>
+      </c>
+      <c r="D950" t="s">
+        <v>227</v>
+      </c>
+      <c r="E950" t="s">
+        <v>228</v>
+      </c>
+      <c r="F950" t="s">
+        <v>228</v>
+      </c>
+    </row>
+    <row r="951" spans="1:6">
+      <c r="A951" t="s">
+        <v>1657</v>
+      </c>
+      <c r="B951" t="s">
+        <v>1181</v>
+      </c>
+      <c r="C951" t="s">
+        <v>244</v>
+      </c>
+      <c r="D951" t="s">
+        <v>227</v>
+      </c>
+      <c r="E951" t="s">
+        <v>228</v>
+      </c>
+      <c r="F951" t="s">
+        <v>228</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>