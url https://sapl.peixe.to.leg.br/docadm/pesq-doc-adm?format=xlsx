--- v1 (2026-01-24)
+++ v2 (2026-03-12)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="5706" uniqueCount="1658">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="5724" uniqueCount="1665">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo Documento/Sigla</t>
   </si>
   <si>
     <t>Tipo Documento/Descrição</t>
   </si>
   <si>
     <t>Assunto</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
     <t>2017</t>
   </si>
   <si>
@@ -3819,50 +3819,56 @@
   <si>
     <t>Declaração e Justificativa da não elaboração e publicação de seu Plano Estratégico Institucional.</t>
   </si>
   <si>
     <t>836</t>
   </si>
   <si>
     <t>Ata da Sessão Extraordinária n° 001 de 02/07/2025</t>
   </si>
   <si>
     <t>861</t>
   </si>
   <si>
     <t>922</t>
   </si>
   <si>
     <t>AM</t>
   </si>
   <si>
     <t>Ato da Mesa Diretora</t>
   </si>
   <si>
     <t>Dispõe sobre a licença do vereador titular do mandato Luzimar de Souza Carneiro e convocação da 1ª Suplente do partido Republicanos, a Sra. Rosane Nascimento Borges Fortes, para assumir a vaga na Câmara Municipal de Peixe/TO.</t>
   </si>
   <si>
+    <t>961</t>
+  </si>
+  <si>
+    <t>Relatório Anual Estatístico e Informações Genéricas Sobre os Solicitantes do SIC/Ouvidoria, do exercício de 2025.</t>
+  </si>
+  <si>
     <t>653</t>
   </si>
   <si>
     <t>Dispõe sobre desvio de função a servidora efetiva Neuzair Menezes De Santana, para exercer a função de Recepcionista e Telefonista, da Câmara Municipal de Peixe/TO, a partir do dia 13 de janeiro de 2025.</t>
   </si>
   <si>
     <t>656</t>
   </si>
   <si>
     <t>Declara a inexistência de concursos ou seleções públicas no período de 1999 a 2025.</t>
   </si>
   <si>
     <t>679</t>
   </si>
   <si>
     <t>Nomeia servidora em comissão e dá outras providências.</t>
   </si>
   <si>
     <t>693</t>
   </si>
   <si>
     <t>2° Sessão ordinária da Câmara Municipal de 05 de Fevereiro de 2025</t>
   </si>
   <si>
     <t>722</t>
@@ -4009,50 +4015,56 @@
     <t>777</t>
   </si>
   <si>
     <t>Análise do Projeto de Resolução N° 001/2025 de 11 de março de 2025, de autoria do PODER LEGISLATIVO MUNICIPAL DE PEIXE – TO, o qual “REESTRUTURA, CRIA, EXTINGUE, DESMEMBRA CARGO E REAJUSTA VALOR DAS REMUNERAÇÕES DOS CARGOS EFETIVOS, CONTRATADOS E COMISSIONADOS E CONSOLIDA A ESTRUTURA ADMINISTRATIVA DE PESSOAL DA CÂMARA MUNICIPAL DE PEIXE E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>838</t>
   </si>
   <si>
     <t>Ata da Sessão Extraordinária n° 003 de 27/08/2025</t>
   </si>
   <si>
     <t>872</t>
   </si>
   <si>
     <t>884</t>
   </si>
   <si>
     <t>Inexistência de realização de concursos ou seleções públicas no ano de 2025.</t>
   </si>
   <si>
     <t>886</t>
   </si>
   <si>
     <t>Inexistência de licitantes e/ou contratados sancionados administrativamente por este Poder Legislativo no ano de 2025.</t>
+  </si>
+  <si>
+    <t>962</t>
+  </si>
+  <si>
+    <t>Declaração de ausência de respostas ou sugestões na pesquisa de satisfação no ano de 2025.</t>
   </si>
   <si>
     <t>651</t>
   </si>
   <si>
     <t>Dispõe sobre antecipação de Sessões Ordinárias no mês de março de 2025.</t>
   </si>
   <si>
     <t>681</t>
   </si>
   <si>
     <t>Nomeia servidora em cargo de comissão e dá outras providências.</t>
   </si>
   <si>
     <t>695</t>
   </si>
   <si>
     <t>4° Sessão ordinária da Câmara Municipal de 26 de Fevereiro de 2025</t>
   </si>
   <si>
     <t>724</t>
   </si>
   <si>
     <t>750</t>
   </si>
@@ -4601,51 +4613,51 @@
   <si>
     <t>782</t>
   </si>
   <si>
     <t>Institui a Política de Privacidade e Proteção de Dados, no âmbito da Câmara Municipal de Peixe/TO, e dá outras providências.</t>
   </si>
   <si>
     <t>818</t>
   </si>
   <si>
     <t>Ata da Sessão Ordinária n° 021/2025 de 02/06/2025</t>
   </si>
   <si>
     <t>841</t>
   </si>
   <si>
     <t>21° Sessão Ordinária da Câmara Municipal de 02 de Junho de 2025</t>
   </si>
   <si>
     <t>856</t>
   </si>
   <si>
     <t>783</t>
   </si>
   <si>
-    <t>Encarregada/responsável pelo Tratamento de Dados Pessoais da Câmara Municipal de Peixe/TO, Ildete Nunes dos Santos, Matrícula nº 0015, Titular. Canais de comunicação: Telefone: (63) 3356-1359 - E-mail: camarapeixe.px@gmail.com - Endereço: Av. João Visconde de Queiroz, s/nº, Centro, Câmara Municipal de Peixe/TO.</t>
+    <t>Encarregada/responsável pelo Tratamento de Dados Pessoais da Câmara Municipal de Peixe/TO, Ildete Nunes dos Santos, Matrícula nº 0015, Titular. Canais de Comunicação: Telefone: (63) 99249-6034 | E-mail: camarapeixe.px@gmail.com | Endereço: Av. João Visconde de Queiroz, s/nº, Centro, Câmara Municipal de Peixe/TO.</t>
   </si>
   <si>
     <t>819</t>
   </si>
   <si>
     <t>Ata da Sessão Ordinária n° 022/2025 de 03/06/2025</t>
   </si>
   <si>
     <t>842</t>
   </si>
   <si>
     <t>22° Sessão Ordinária da Câmara Municipal de 03 de Junho de 2025</t>
   </si>
   <si>
     <t>857</t>
   </si>
   <si>
     <t>820</t>
   </si>
   <si>
     <t>Ata da Sessão Ordinária n° 023/2025 de 24/06/2025</t>
   </si>
   <si>
     <t>843</t>
   </si>
@@ -4986,50 +4998,59 @@
     <t>46° Sessão Ordinária da Câmara Municipal de 08 de Dezembro de 2025</t>
   </si>
   <si>
     <t>956</t>
   </si>
   <si>
     <t>925</t>
   </si>
   <si>
     <t>47° Sessão Ordinária da Câmara Municipal de 09 de Dezembro de 2025</t>
   </si>
   <si>
     <t>957</t>
   </si>
   <si>
     <t>926</t>
   </si>
   <si>
     <t>48° Sessão Ordinária da Câmara Municipal de 10 de Dezembro de 2025</t>
   </si>
   <si>
     <t>958</t>
   </si>
   <si>
     <t>959</t>
+  </si>
+  <si>
+    <t>963</t>
+  </si>
+  <si>
+    <t>2026</t>
+  </si>
+  <si>
+    <t>Redesigna a Sessão Ordinária anteriormente prevista para o dia 12 de fevereiro de 2026, a qual será realizada no dia 20 de fevereiro de 2026.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
@@ -5321,51 +5342,51 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:F951"/>
+  <dimension ref="A1:F954"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="20.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="40.140625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -19783,4620 +19804,4680 @@
       </c>
       <c r="B722" t="s">
         <v>1181</v>
       </c>
       <c r="C722" t="s">
         <v>8</v>
       </c>
       <c r="D722" t="s">
         <v>1266</v>
       </c>
       <c r="E722" t="s">
         <v>1267</v>
       </c>
       <c r="F722" t="s">
         <v>1268</v>
       </c>
     </row>
     <row r="723" spans="1:6">
       <c r="A723" t="s">
         <v>1269</v>
       </c>
       <c r="B723" t="s">
         <v>1181</v>
       </c>
       <c r="C723" t="s">
-        <v>31</v>
+        <v>8</v>
       </c>
       <c r="D723" t="s">
-        <v>25</v>
+        <v>415</v>
       </c>
       <c r="E723" t="s">
-        <v>26</v>
+        <v>416</v>
       </c>
       <c r="F723" t="s">
         <v>1270</v>
       </c>
     </row>
     <row r="724" spans="1:6">
       <c r="A724" t="s">
         <v>1271</v>
       </c>
       <c r="B724" t="s">
         <v>1181</v>
       </c>
       <c r="C724" t="s">
         <v>31</v>
       </c>
       <c r="D724" t="s">
-        <v>1202</v>
+        <v>25</v>
       </c>
       <c r="E724" t="s">
-        <v>1203</v>
+        <v>26</v>
       </c>
       <c r="F724" t="s">
         <v>1272</v>
       </c>
     </row>
     <row r="725" spans="1:6">
       <c r="A725" t="s">
         <v>1273</v>
       </c>
       <c r="B725" t="s">
         <v>1181</v>
       </c>
       <c r="C725" t="s">
         <v>31</v>
       </c>
       <c r="D725" t="s">
-        <v>118</v>
+        <v>1202</v>
       </c>
       <c r="E725" t="s">
-        <v>119</v>
+        <v>1203</v>
       </c>
       <c r="F725" t="s">
         <v>1274</v>
       </c>
     </row>
     <row r="726" spans="1:6">
       <c r="A726" t="s">
         <v>1275</v>
       </c>
       <c r="B726" t="s">
         <v>1181</v>
       </c>
       <c r="C726" t="s">
         <v>31</v>
       </c>
       <c r="D726" t="s">
-        <v>223</v>
+        <v>118</v>
       </c>
       <c r="E726" t="s">
-        <v>224</v>
+        <v>119</v>
       </c>
       <c r="F726" t="s">
         <v>1276</v>
       </c>
     </row>
     <row r="727" spans="1:6">
       <c r="A727" t="s">
         <v>1277</v>
       </c>
       <c r="B727" t="s">
         <v>1181</v>
       </c>
       <c r="C727" t="s">
         <v>31</v>
       </c>
       <c r="D727" t="s">
-        <v>227</v>
+        <v>223</v>
       </c>
       <c r="E727" t="s">
-        <v>228</v>
+        <v>224</v>
       </c>
       <c r="F727" t="s">
-        <v>602</v>
+        <v>1278</v>
       </c>
     </row>
     <row r="728" spans="1:6">
       <c r="A728" t="s">
-        <v>1278</v>
+        <v>1279</v>
       </c>
       <c r="B728" t="s">
         <v>1181</v>
       </c>
       <c r="C728" t="s">
         <v>31</v>
       </c>
       <c r="D728" t="s">
-        <v>1247</v>
+        <v>227</v>
       </c>
       <c r="E728" t="s">
-        <v>1248</v>
+        <v>228</v>
       </c>
       <c r="F728" t="s">
-        <v>1279</v>
+        <v>602</v>
       </c>
     </row>
     <row r="729" spans="1:6">
       <c r="A729" t="s">
         <v>1280</v>
       </c>
       <c r="B729" t="s">
         <v>1181</v>
       </c>
       <c r="C729" t="s">
         <v>31</v>
       </c>
       <c r="D729" t="s">
-        <v>1228</v>
+        <v>1247</v>
       </c>
       <c r="E729" t="s">
-        <v>1229</v>
+        <v>1248</v>
       </c>
       <c r="F729" t="s">
         <v>1281</v>
       </c>
     </row>
     <row r="730" spans="1:6">
       <c r="A730" t="s">
         <v>1282</v>
       </c>
       <c r="B730" t="s">
         <v>1181</v>
       </c>
       <c r="C730" t="s">
         <v>31</v>
       </c>
       <c r="D730" t="s">
-        <v>219</v>
+        <v>1228</v>
       </c>
       <c r="E730" t="s">
-        <v>220</v>
+        <v>1229</v>
       </c>
       <c r="F730" t="s">
         <v>1283</v>
       </c>
     </row>
     <row r="731" spans="1:6">
       <c r="A731" t="s">
         <v>1284</v>
       </c>
       <c r="B731" t="s">
         <v>1181</v>
       </c>
       <c r="C731" t="s">
         <v>31</v>
       </c>
       <c r="D731" t="s">
-        <v>1189</v>
+        <v>219</v>
       </c>
       <c r="E731" t="s">
-        <v>1190</v>
+        <v>220</v>
       </c>
       <c r="F731" t="s">
         <v>1285</v>
       </c>
     </row>
     <row r="732" spans="1:6">
       <c r="A732" t="s">
         <v>1286</v>
       </c>
       <c r="B732" t="s">
         <v>1181</v>
       </c>
       <c r="C732" t="s">
         <v>31</v>
       </c>
       <c r="D732" t="s">
-        <v>1185</v>
+        <v>1189</v>
       </c>
       <c r="E732" t="s">
-        <v>1186</v>
+        <v>1190</v>
       </c>
       <c r="F732" t="s">
         <v>1287</v>
       </c>
     </row>
     <row r="733" spans="1:6">
       <c r="A733" t="s">
         <v>1288</v>
       </c>
       <c r="B733" t="s">
         <v>1181</v>
       </c>
       <c r="C733" t="s">
         <v>31</v>
       </c>
       <c r="D733" t="s">
-        <v>1259</v>
+        <v>1185</v>
       </c>
       <c r="E733" t="s">
-        <v>1260</v>
+        <v>1186</v>
       </c>
       <c r="F733" t="s">
         <v>1289</v>
       </c>
     </row>
     <row r="734" spans="1:6">
       <c r="A734" t="s">
         <v>1290</v>
       </c>
       <c r="B734" t="s">
         <v>1181</v>
       </c>
       <c r="C734" t="s">
         <v>31</v>
       </c>
       <c r="D734" t="s">
-        <v>215</v>
+        <v>1259</v>
       </c>
       <c r="E734" t="s">
-        <v>216</v>
+        <v>1260</v>
       </c>
       <c r="F734" t="s">
         <v>1291</v>
       </c>
     </row>
     <row r="735" spans="1:6">
       <c r="A735" t="s">
         <v>1292</v>
       </c>
       <c r="B735" t="s">
         <v>1181</v>
       </c>
       <c r="C735" t="s">
         <v>31</v>
       </c>
       <c r="D735" t="s">
-        <v>204</v>
+        <v>215</v>
       </c>
       <c r="E735" t="s">
-        <v>205</v>
+        <v>216</v>
       </c>
       <c r="F735" t="s">
-        <v>883</v>
+        <v>1293</v>
       </c>
     </row>
     <row r="736" spans="1:6">
       <c r="A736" t="s">
-        <v>1293</v>
+        <v>1294</v>
       </c>
       <c r="B736" t="s">
         <v>1181</v>
       </c>
       <c r="C736" t="s">
         <v>31</v>
       </c>
       <c r="D736" t="s">
-        <v>1206</v>
+        <v>204</v>
       </c>
       <c r="E736" t="s">
-        <v>1207</v>
+        <v>205</v>
       </c>
       <c r="F736" t="s">
-        <v>1294</v>
+        <v>883</v>
       </c>
     </row>
     <row r="737" spans="1:6">
       <c r="A737" t="s">
         <v>1295</v>
       </c>
       <c r="B737" t="s">
         <v>1181</v>
       </c>
       <c r="C737" t="s">
         <v>31</v>
       </c>
       <c r="D737" t="s">
-        <v>1210</v>
+        <v>1206</v>
       </c>
       <c r="E737" t="s">
-        <v>1211</v>
+        <v>1207</v>
       </c>
       <c r="F737" t="s">
         <v>1296</v>
       </c>
     </row>
     <row r="738" spans="1:6">
       <c r="A738" t="s">
         <v>1297</v>
       </c>
       <c r="B738" t="s">
         <v>1181</v>
       </c>
       <c r="C738" t="s">
         <v>31</v>
       </c>
       <c r="D738" t="s">
-        <v>133</v>
+        <v>1210</v>
       </c>
       <c r="E738" t="s">
-        <v>134</v>
+        <v>1211</v>
       </c>
       <c r="F738" t="s">
         <v>1298</v>
       </c>
     </row>
     <row r="739" spans="1:6">
       <c r="A739" t="s">
         <v>1299</v>
       </c>
       <c r="B739" t="s">
         <v>1181</v>
       </c>
       <c r="C739" t="s">
         <v>31</v>
       </c>
       <c r="D739" t="s">
-        <v>1220</v>
+        <v>133</v>
       </c>
       <c r="E739" t="s">
-        <v>1221</v>
+        <v>134</v>
       </c>
       <c r="F739" t="s">
         <v>1300</v>
       </c>
     </row>
     <row r="740" spans="1:6">
       <c r="A740" t="s">
         <v>1301</v>
       </c>
       <c r="B740" t="s">
         <v>1181</v>
       </c>
       <c r="C740" t="s">
         <v>31</v>
       </c>
       <c r="D740" t="s">
-        <v>1224</v>
+        <v>1220</v>
       </c>
       <c r="E740" t="s">
-        <v>1225</v>
+        <v>1221</v>
       </c>
       <c r="F740" t="s">
         <v>1302</v>
       </c>
     </row>
     <row r="741" spans="1:6">
       <c r="A741" t="s">
         <v>1303</v>
       </c>
       <c r="B741" t="s">
         <v>1181</v>
       </c>
       <c r="C741" t="s">
         <v>31</v>
       </c>
       <c r="D741" t="s">
-        <v>1232</v>
+        <v>1224</v>
       </c>
       <c r="E741" t="s">
-        <v>1233</v>
+        <v>1225</v>
       </c>
       <c r="F741" t="s">
         <v>1304</v>
       </c>
     </row>
     <row r="742" spans="1:6">
       <c r="A742" t="s">
         <v>1305</v>
       </c>
       <c r="B742" t="s">
         <v>1181</v>
       </c>
       <c r="C742" t="s">
         <v>31</v>
       </c>
       <c r="D742" t="s">
-        <v>122</v>
+        <v>1232</v>
       </c>
       <c r="E742" t="s">
-        <v>123</v>
+        <v>1233</v>
       </c>
       <c r="F742" t="s">
         <v>1306</v>
       </c>
     </row>
     <row r="743" spans="1:6">
       <c r="A743" t="s">
         <v>1307</v>
       </c>
       <c r="B743" t="s">
         <v>1181</v>
       </c>
       <c r="C743" t="s">
         <v>31</v>
       </c>
       <c r="D743" t="s">
-        <v>0</v>
+        <v>122</v>
       </c>
       <c r="E743" t="s">
-        <v>130</v>
+        <v>123</v>
       </c>
       <c r="F743" t="s">
-        <v>1238</v>
+        <v>1308</v>
       </c>
     </row>
     <row r="744" spans="1:6">
       <c r="A744" t="s">
-        <v>1308</v>
+        <v>1309</v>
       </c>
       <c r="B744" t="s">
         <v>1181</v>
       </c>
       <c r="C744" t="s">
         <v>31</v>
       </c>
       <c r="D744" t="s">
-        <v>126</v>
+        <v>0</v>
       </c>
       <c r="E744" t="s">
-        <v>127</v>
+        <v>130</v>
       </c>
       <c r="F744" t="s">
-        <v>1236</v>
+        <v>1238</v>
       </c>
     </row>
     <row r="745" spans="1:6">
       <c r="A745" t="s">
-        <v>1309</v>
+        <v>1310</v>
       </c>
       <c r="B745" t="s">
         <v>1181</v>
       </c>
       <c r="C745" t="s">
         <v>31</v>
       </c>
       <c r="D745" t="s">
-        <v>831</v>
+        <v>126</v>
       </c>
       <c r="E745" t="s">
-        <v>832</v>
+        <v>127</v>
       </c>
       <c r="F745" t="s">
-        <v>1200</v>
+        <v>1236</v>
       </c>
     </row>
     <row r="746" spans="1:6">
       <c r="A746" t="s">
-        <v>1310</v>
+        <v>1311</v>
       </c>
       <c r="B746" t="s">
         <v>1181</v>
       </c>
       <c r="C746" t="s">
         <v>31</v>
       </c>
       <c r="D746" t="s">
-        <v>1216</v>
+        <v>831</v>
       </c>
       <c r="E746" t="s">
-        <v>1217</v>
+        <v>832</v>
       </c>
       <c r="F746" t="s">
-        <v>1311</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="747" spans="1:6">
       <c r="A747" t="s">
         <v>1312</v>
       </c>
       <c r="B747" t="s">
         <v>1181</v>
       </c>
       <c r="C747" t="s">
         <v>31</v>
       </c>
       <c r="D747" t="s">
-        <v>1266</v>
+        <v>1216</v>
       </c>
       <c r="E747" t="s">
-        <v>1267</v>
+        <v>1217</v>
       </c>
       <c r="F747" t="s">
         <v>1313</v>
       </c>
     </row>
     <row r="748" spans="1:6">
       <c r="A748" t="s">
         <v>1314</v>
       </c>
       <c r="B748" t="s">
         <v>1181</v>
       </c>
       <c r="C748" t="s">
-        <v>34</v>
+        <v>31</v>
       </c>
       <c r="D748" t="s">
-        <v>25</v>
+        <v>1266</v>
       </c>
       <c r="E748" t="s">
-        <v>26</v>
+        <v>1267</v>
       </c>
       <c r="F748" t="s">
         <v>1315</v>
       </c>
     </row>
     <row r="749" spans="1:6">
       <c r="A749" t="s">
         <v>1316</v>
       </c>
       <c r="B749" t="s">
         <v>1181</v>
       </c>
       <c r="C749" t="s">
         <v>34</v>
       </c>
       <c r="D749" t="s">
-        <v>118</v>
+        <v>25</v>
       </c>
       <c r="E749" t="s">
-        <v>119</v>
+        <v>26</v>
       </c>
       <c r="F749" t="s">
-        <v>1274</v>
+        <v>1317</v>
       </c>
     </row>
     <row r="750" spans="1:6">
       <c r="A750" t="s">
-        <v>1317</v>
+        <v>1318</v>
       </c>
       <c r="B750" t="s">
         <v>1181</v>
       </c>
       <c r="C750" t="s">
         <v>34</v>
       </c>
       <c r="D750" t="s">
-        <v>223</v>
+        <v>118</v>
       </c>
       <c r="E750" t="s">
-        <v>224</v>
+        <v>119</v>
       </c>
       <c r="F750" t="s">
-        <v>1318</v>
+        <v>1276</v>
       </c>
     </row>
     <row r="751" spans="1:6">
       <c r="A751" t="s">
         <v>1319</v>
       </c>
       <c r="B751" t="s">
         <v>1181</v>
       </c>
       <c r="C751" t="s">
         <v>34</v>
       </c>
       <c r="D751" t="s">
-        <v>227</v>
+        <v>223</v>
       </c>
       <c r="E751" t="s">
-        <v>228</v>
+        <v>224</v>
       </c>
       <c r="F751" t="s">
-        <v>602</v>
+        <v>1320</v>
       </c>
     </row>
     <row r="752" spans="1:6">
       <c r="A752" t="s">
-        <v>1320</v>
+        <v>1321</v>
       </c>
       <c r="B752" t="s">
         <v>1181</v>
       </c>
       <c r="C752" t="s">
         <v>34</v>
       </c>
       <c r="D752" t="s">
-        <v>219</v>
+        <v>227</v>
       </c>
       <c r="E752" t="s">
-        <v>220</v>
+        <v>228</v>
       </c>
       <c r="F752" t="s">
-        <v>1321</v>
+        <v>602</v>
       </c>
     </row>
     <row r="753" spans="1:6">
       <c r="A753" t="s">
         <v>1322</v>
       </c>
       <c r="B753" t="s">
         <v>1181</v>
       </c>
       <c r="C753" t="s">
         <v>34</v>
       </c>
       <c r="D753" t="s">
-        <v>1189</v>
+        <v>219</v>
       </c>
       <c r="E753" t="s">
-        <v>1190</v>
+        <v>220</v>
       </c>
       <c r="F753" t="s">
         <v>1323</v>
       </c>
     </row>
     <row r="754" spans="1:6">
       <c r="A754" t="s">
         <v>1324</v>
       </c>
       <c r="B754" t="s">
         <v>1181</v>
       </c>
       <c r="C754" t="s">
         <v>34</v>
       </c>
       <c r="D754" t="s">
-        <v>1185</v>
+        <v>1189</v>
       </c>
       <c r="E754" t="s">
-        <v>1186</v>
+        <v>1190</v>
       </c>
       <c r="F754" t="s">
         <v>1325</v>
       </c>
     </row>
     <row r="755" spans="1:6">
       <c r="A755" t="s">
         <v>1326</v>
       </c>
       <c r="B755" t="s">
         <v>1181</v>
       </c>
       <c r="C755" t="s">
         <v>34</v>
       </c>
       <c r="D755" t="s">
-        <v>215</v>
+        <v>1185</v>
       </c>
       <c r="E755" t="s">
-        <v>216</v>
+        <v>1186</v>
       </c>
       <c r="F755" t="s">
         <v>1327</v>
       </c>
     </row>
     <row r="756" spans="1:6">
       <c r="A756" t="s">
         <v>1328</v>
       </c>
       <c r="B756" t="s">
         <v>1181</v>
       </c>
       <c r="C756" t="s">
         <v>34</v>
       </c>
       <c r="D756" t="s">
-        <v>204</v>
+        <v>215</v>
       </c>
       <c r="E756" t="s">
-        <v>205</v>
+        <v>216</v>
       </c>
       <c r="F756" t="s">
-        <v>883</v>
+        <v>1329</v>
       </c>
     </row>
     <row r="757" spans="1:6">
       <c r="A757" t="s">
-        <v>1329</v>
+        <v>1330</v>
       </c>
       <c r="B757" t="s">
         <v>1181</v>
       </c>
       <c r="C757" t="s">
         <v>34</v>
       </c>
       <c r="D757" t="s">
-        <v>1202</v>
+        <v>204</v>
       </c>
       <c r="E757" t="s">
-        <v>1203</v>
+        <v>205</v>
       </c>
       <c r="F757" t="s">
-        <v>1330</v>
+        <v>883</v>
       </c>
     </row>
     <row r="758" spans="1:6">
       <c r="A758" t="s">
         <v>1331</v>
       </c>
       <c r="B758" t="s">
         <v>1181</v>
       </c>
       <c r="C758" t="s">
         <v>34</v>
       </c>
       <c r="D758" t="s">
-        <v>1228</v>
+        <v>1202</v>
       </c>
       <c r="E758" t="s">
-        <v>1229</v>
+        <v>1203</v>
       </c>
       <c r="F758" t="s">
         <v>1332</v>
       </c>
     </row>
     <row r="759" spans="1:6">
       <c r="A759" t="s">
         <v>1333</v>
       </c>
       <c r="B759" t="s">
         <v>1181</v>
       </c>
       <c r="C759" t="s">
-        <v>37</v>
+        <v>34</v>
       </c>
       <c r="D759" t="s">
-        <v>25</v>
+        <v>1228</v>
       </c>
       <c r="E759" t="s">
-        <v>26</v>
+        <v>1229</v>
       </c>
       <c r="F759" t="s">
         <v>1334</v>
       </c>
     </row>
     <row r="760" spans="1:6">
       <c r="A760" t="s">
         <v>1335</v>
       </c>
       <c r="B760" t="s">
         <v>1181</v>
       </c>
       <c r="C760" t="s">
-        <v>37</v>
+        <v>34</v>
       </c>
       <c r="D760" t="s">
-        <v>118</v>
+        <v>831</v>
       </c>
       <c r="E760" t="s">
-        <v>119</v>
+        <v>832</v>
       </c>
       <c r="F760" t="s">
         <v>1336</v>
       </c>
     </row>
     <row r="761" spans="1:6">
       <c r="A761" t="s">
         <v>1337</v>
       </c>
       <c r="B761" t="s">
         <v>1181</v>
       </c>
       <c r="C761" t="s">
         <v>37</v>
       </c>
       <c r="D761" t="s">
-        <v>223</v>
+        <v>25</v>
       </c>
       <c r="E761" t="s">
-        <v>224</v>
+        <v>26</v>
       </c>
       <c r="F761" t="s">
         <v>1338</v>
       </c>
     </row>
     <row r="762" spans="1:6">
       <c r="A762" t="s">
         <v>1339</v>
       </c>
       <c r="B762" t="s">
         <v>1181</v>
       </c>
       <c r="C762" t="s">
         <v>37</v>
       </c>
       <c r="D762" t="s">
-        <v>227</v>
+        <v>118</v>
       </c>
       <c r="E762" t="s">
-        <v>228</v>
+        <v>119</v>
       </c>
       <c r="F762" t="s">
-        <v>602</v>
+        <v>1340</v>
       </c>
     </row>
     <row r="763" spans="1:6">
       <c r="A763" t="s">
-        <v>1340</v>
+        <v>1341</v>
       </c>
       <c r="B763" t="s">
         <v>1181</v>
       </c>
       <c r="C763" t="s">
         <v>37</v>
       </c>
       <c r="D763" t="s">
-        <v>219</v>
+        <v>223</v>
       </c>
       <c r="E763" t="s">
-        <v>220</v>
+        <v>224</v>
       </c>
       <c r="F763" t="s">
-        <v>1341</v>
+        <v>1342</v>
       </c>
     </row>
     <row r="764" spans="1:6">
       <c r="A764" t="s">
-        <v>1342</v>
+        <v>1343</v>
       </c>
       <c r="B764" t="s">
         <v>1181</v>
       </c>
       <c r="C764" t="s">
         <v>37</v>
       </c>
       <c r="D764" t="s">
-        <v>1189</v>
+        <v>227</v>
       </c>
       <c r="E764" t="s">
-        <v>1190</v>
+        <v>228</v>
       </c>
       <c r="F764" t="s">
-        <v>1343</v>
+        <v>602</v>
       </c>
     </row>
     <row r="765" spans="1:6">
       <c r="A765" t="s">
         <v>1344</v>
       </c>
       <c r="B765" t="s">
         <v>1181</v>
       </c>
       <c r="C765" t="s">
         <v>37</v>
       </c>
       <c r="D765" t="s">
-        <v>1185</v>
+        <v>219</v>
       </c>
       <c r="E765" t="s">
-        <v>1186</v>
+        <v>220</v>
       </c>
       <c r="F765" t="s">
         <v>1345</v>
       </c>
     </row>
     <row r="766" spans="1:6">
       <c r="A766" t="s">
         <v>1346</v>
       </c>
       <c r="B766" t="s">
         <v>1181</v>
       </c>
       <c r="C766" t="s">
         <v>37</v>
       </c>
       <c r="D766" t="s">
-        <v>215</v>
+        <v>1189</v>
       </c>
       <c r="E766" t="s">
-        <v>216</v>
+        <v>1190</v>
       </c>
       <c r="F766" t="s">
         <v>1347</v>
       </c>
     </row>
     <row r="767" spans="1:6">
       <c r="A767" t="s">
         <v>1348</v>
       </c>
       <c r="B767" t="s">
         <v>1181</v>
       </c>
       <c r="C767" t="s">
         <v>37</v>
       </c>
       <c r="D767" t="s">
-        <v>204</v>
+        <v>1185</v>
       </c>
       <c r="E767" t="s">
-        <v>205</v>
+        <v>1186</v>
       </c>
       <c r="F767" t="s">
-        <v>883</v>
+        <v>1349</v>
       </c>
     </row>
     <row r="768" spans="1:6">
       <c r="A768" t="s">
-        <v>1349</v>
+        <v>1350</v>
       </c>
       <c r="B768" t="s">
         <v>1181</v>
       </c>
       <c r="C768" t="s">
-        <v>40</v>
+        <v>37</v>
       </c>
       <c r="D768" t="s">
-        <v>118</v>
+        <v>215</v>
       </c>
       <c r="E768" t="s">
-        <v>119</v>
+        <v>216</v>
       </c>
       <c r="F768" t="s">
-        <v>1336</v>
+        <v>1351</v>
       </c>
     </row>
     <row r="769" spans="1:6">
       <c r="A769" t="s">
-        <v>1350</v>
+        <v>1352</v>
       </c>
       <c r="B769" t="s">
         <v>1181</v>
       </c>
       <c r="C769" t="s">
-        <v>40</v>
+        <v>37</v>
       </c>
       <c r="D769" t="s">
-        <v>223</v>
+        <v>204</v>
       </c>
       <c r="E769" t="s">
-        <v>224</v>
+        <v>205</v>
       </c>
       <c r="F769" t="s">
-        <v>1351</v>
+        <v>883</v>
       </c>
     </row>
     <row r="770" spans="1:6">
       <c r="A770" t="s">
-        <v>1352</v>
+        <v>1353</v>
       </c>
       <c r="B770" t="s">
         <v>1181</v>
       </c>
       <c r="C770" t="s">
         <v>40</v>
       </c>
       <c r="D770" t="s">
-        <v>227</v>
+        <v>118</v>
       </c>
       <c r="E770" t="s">
-        <v>228</v>
+        <v>119</v>
       </c>
       <c r="F770" t="s">
-        <v>602</v>
+        <v>1340</v>
       </c>
     </row>
     <row r="771" spans="1:6">
       <c r="A771" t="s">
-        <v>1353</v>
+        <v>1354</v>
       </c>
       <c r="B771" t="s">
         <v>1181</v>
       </c>
       <c r="C771" t="s">
         <v>40</v>
       </c>
       <c r="D771" t="s">
-        <v>219</v>
+        <v>223</v>
       </c>
       <c r="E771" t="s">
-        <v>220</v>
+        <v>224</v>
       </c>
       <c r="F771" t="s">
-        <v>1354</v>
+        <v>1355</v>
       </c>
     </row>
     <row r="772" spans="1:6">
       <c r="A772" t="s">
-        <v>1355</v>
+        <v>1356</v>
       </c>
       <c r="B772" t="s">
         <v>1181</v>
       </c>
       <c r="C772" t="s">
         <v>40</v>
       </c>
       <c r="D772" t="s">
-        <v>1189</v>
+        <v>227</v>
       </c>
       <c r="E772" t="s">
-        <v>1190</v>
+        <v>228</v>
       </c>
       <c r="F772" t="s">
-        <v>1356</v>
+        <v>602</v>
       </c>
     </row>
     <row r="773" spans="1:6">
       <c r="A773" t="s">
         <v>1357</v>
       </c>
       <c r="B773" t="s">
         <v>1181</v>
       </c>
       <c r="C773" t="s">
         <v>40</v>
       </c>
       <c r="D773" t="s">
-        <v>1185</v>
+        <v>219</v>
       </c>
       <c r="E773" t="s">
-        <v>1186</v>
+        <v>220</v>
       </c>
       <c r="F773" t="s">
         <v>1358</v>
       </c>
     </row>
     <row r="774" spans="1:6">
       <c r="A774" t="s">
         <v>1359</v>
       </c>
       <c r="B774" t="s">
         <v>1181</v>
       </c>
       <c r="C774" t="s">
         <v>40</v>
       </c>
       <c r="D774" t="s">
-        <v>215</v>
+        <v>1189</v>
       </c>
       <c r="E774" t="s">
-        <v>216</v>
+        <v>1190</v>
       </c>
       <c r="F774" t="s">
         <v>1360</v>
       </c>
     </row>
     <row r="775" spans="1:6">
       <c r="A775" t="s">
         <v>1361</v>
       </c>
       <c r="B775" t="s">
         <v>1181</v>
       </c>
       <c r="C775" t="s">
         <v>40</v>
       </c>
       <c r="D775" t="s">
-        <v>25</v>
+        <v>1185</v>
       </c>
       <c r="E775" t="s">
-        <v>26</v>
+        <v>1186</v>
       </c>
       <c r="F775" t="s">
         <v>1362</v>
       </c>
     </row>
     <row r="776" spans="1:6">
       <c r="A776" t="s">
         <v>1363</v>
       </c>
       <c r="B776" t="s">
         <v>1181</v>
       </c>
       <c r="C776" t="s">
         <v>40</v>
       </c>
       <c r="D776" t="s">
-        <v>204</v>
+        <v>215</v>
       </c>
       <c r="E776" t="s">
-        <v>205</v>
+        <v>216</v>
       </c>
       <c r="F776" t="s">
-        <v>883</v>
+        <v>1364</v>
       </c>
     </row>
     <row r="777" spans="1:6">
       <c r="A777" t="s">
-        <v>1364</v>
+        <v>1365</v>
       </c>
       <c r="B777" t="s">
         <v>1181</v>
       </c>
       <c r="C777" t="s">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="D777" t="s">
-        <v>223</v>
+        <v>25</v>
       </c>
       <c r="E777" t="s">
-        <v>224</v>
+        <v>26</v>
       </c>
       <c r="F777" t="s">
-        <v>1365</v>
+        <v>1366</v>
       </c>
     </row>
     <row r="778" spans="1:6">
       <c r="A778" t="s">
-        <v>1366</v>
+        <v>1367</v>
       </c>
       <c r="B778" t="s">
         <v>1181</v>
       </c>
       <c r="C778" t="s">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="D778" t="s">
-        <v>25</v>
+        <v>204</v>
       </c>
       <c r="E778" t="s">
-        <v>26</v>
+        <v>205</v>
       </c>
       <c r="F778" t="s">
-        <v>1367</v>
+        <v>883</v>
       </c>
     </row>
     <row r="779" spans="1:6">
       <c r="A779" t="s">
         <v>1368</v>
       </c>
       <c r="B779" t="s">
         <v>1181</v>
       </c>
       <c r="C779" t="s">
         <v>42</v>
       </c>
       <c r="D779" t="s">
-        <v>227</v>
+        <v>223</v>
       </c>
       <c r="E779" t="s">
-        <v>228</v>
+        <v>224</v>
       </c>
       <c r="F779" t="s">
-        <v>602</v>
+        <v>1369</v>
       </c>
     </row>
     <row r="780" spans="1:6">
       <c r="A780" t="s">
-        <v>1369</v>
+        <v>1370</v>
       </c>
       <c r="B780" t="s">
         <v>1181</v>
       </c>
       <c r="C780" t="s">
         <v>42</v>
       </c>
       <c r="D780" t="s">
-        <v>219</v>
+        <v>25</v>
       </c>
       <c r="E780" t="s">
-        <v>220</v>
+        <v>26</v>
       </c>
       <c r="F780" t="s">
-        <v>1370</v>
+        <v>1371</v>
       </c>
     </row>
     <row r="781" spans="1:6">
       <c r="A781" t="s">
-        <v>1371</v>
+        <v>1372</v>
       </c>
       <c r="B781" t="s">
         <v>1181</v>
       </c>
       <c r="C781" t="s">
         <v>42</v>
       </c>
       <c r="D781" t="s">
-        <v>1189</v>
+        <v>227</v>
       </c>
       <c r="E781" t="s">
-        <v>1190</v>
+        <v>228</v>
       </c>
       <c r="F781" t="s">
-        <v>1372</v>
+        <v>602</v>
       </c>
     </row>
     <row r="782" spans="1:6">
       <c r="A782" t="s">
         <v>1373</v>
       </c>
       <c r="B782" t="s">
         <v>1181</v>
       </c>
       <c r="C782" t="s">
         <v>42</v>
       </c>
       <c r="D782" t="s">
-        <v>1185</v>
+        <v>219</v>
       </c>
       <c r="E782" t="s">
-        <v>1186</v>
+        <v>220</v>
       </c>
       <c r="F782" t="s">
         <v>1374</v>
       </c>
     </row>
     <row r="783" spans="1:6">
       <c r="A783" t="s">
         <v>1375</v>
       </c>
       <c r="B783" t="s">
         <v>1181</v>
       </c>
       <c r="C783" t="s">
         <v>42</v>
       </c>
       <c r="D783" t="s">
-        <v>118</v>
+        <v>1189</v>
       </c>
       <c r="E783" t="s">
-        <v>119</v>
+        <v>1190</v>
       </c>
       <c r="F783" t="s">
         <v>1376</v>
       </c>
     </row>
     <row r="784" spans="1:6">
       <c r="A784" t="s">
         <v>1377</v>
       </c>
       <c r="B784" t="s">
         <v>1181</v>
       </c>
       <c r="C784" t="s">
         <v>42</v>
       </c>
       <c r="D784" t="s">
-        <v>204</v>
+        <v>1185</v>
       </c>
       <c r="E784" t="s">
-        <v>205</v>
+        <v>1186</v>
       </c>
       <c r="F784" t="s">
-        <v>883</v>
+        <v>1378</v>
       </c>
     </row>
     <row r="785" spans="1:6">
       <c r="A785" t="s">
-        <v>1378</v>
+        <v>1379</v>
       </c>
       <c r="B785" t="s">
         <v>1181</v>
       </c>
       <c r="C785" t="s">
         <v>42</v>
       </c>
       <c r="D785" t="s">
-        <v>215</v>
+        <v>118</v>
       </c>
       <c r="E785" t="s">
-        <v>216</v>
+        <v>119</v>
       </c>
       <c r="F785" t="s">
-        <v>1379</v>
+        <v>1380</v>
       </c>
     </row>
     <row r="786" spans="1:6">
       <c r="A786" t="s">
-        <v>1380</v>
+        <v>1381</v>
       </c>
       <c r="B786" t="s">
         <v>1181</v>
       </c>
       <c r="C786" t="s">
-        <v>45</v>
+        <v>42</v>
       </c>
       <c r="D786" t="s">
-        <v>118</v>
+        <v>204</v>
       </c>
       <c r="E786" t="s">
-        <v>119</v>
+        <v>205</v>
       </c>
       <c r="F786" t="s">
-        <v>1381</v>
+        <v>883</v>
       </c>
     </row>
     <row r="787" spans="1:6">
       <c r="A787" t="s">
         <v>1382</v>
       </c>
       <c r="B787" t="s">
         <v>1181</v>
       </c>
       <c r="C787" t="s">
-        <v>45</v>
+        <v>42</v>
       </c>
       <c r="D787" t="s">
-        <v>223</v>
+        <v>215</v>
       </c>
       <c r="E787" t="s">
-        <v>224</v>
+        <v>216</v>
       </c>
       <c r="F787" t="s">
         <v>1383</v>
       </c>
     </row>
     <row r="788" spans="1:6">
       <c r="A788" t="s">
         <v>1384</v>
       </c>
       <c r="B788" t="s">
         <v>1181</v>
       </c>
       <c r="C788" t="s">
         <v>45</v>
       </c>
       <c r="D788" t="s">
-        <v>25</v>
+        <v>118</v>
       </c>
       <c r="E788" t="s">
-        <v>26</v>
+        <v>119</v>
       </c>
       <c r="F788" t="s">
         <v>1385</v>
       </c>
     </row>
     <row r="789" spans="1:6">
       <c r="A789" t="s">
         <v>1386</v>
       </c>
       <c r="B789" t="s">
         <v>1181</v>
       </c>
       <c r="C789" t="s">
         <v>45</v>
       </c>
       <c r="D789" t="s">
-        <v>227</v>
+        <v>223</v>
       </c>
       <c r="E789" t="s">
-        <v>228</v>
+        <v>224</v>
       </c>
       <c r="F789" t="s">
-        <v>602</v>
+        <v>1387</v>
       </c>
     </row>
     <row r="790" spans="1:6">
       <c r="A790" t="s">
-        <v>1387</v>
+        <v>1388</v>
       </c>
       <c r="B790" t="s">
         <v>1181</v>
       </c>
       <c r="C790" t="s">
         <v>45</v>
       </c>
       <c r="D790" t="s">
-        <v>219</v>
+        <v>25</v>
       </c>
       <c r="E790" t="s">
-        <v>220</v>
+        <v>26</v>
       </c>
       <c r="F790" t="s">
-        <v>1388</v>
+        <v>1389</v>
       </c>
     </row>
     <row r="791" spans="1:6">
       <c r="A791" t="s">
-        <v>1389</v>
+        <v>1390</v>
       </c>
       <c r="B791" t="s">
         <v>1181</v>
       </c>
       <c r="C791" t="s">
         <v>45</v>
       </c>
       <c r="D791" t="s">
-        <v>215</v>
+        <v>227</v>
       </c>
       <c r="E791" t="s">
-        <v>216</v>
+        <v>228</v>
       </c>
       <c r="F791" t="s">
-        <v>1390</v>
+        <v>602</v>
       </c>
     </row>
     <row r="792" spans="1:6">
       <c r="A792" t="s">
         <v>1391</v>
       </c>
       <c r="B792" t="s">
         <v>1181</v>
       </c>
       <c r="C792" t="s">
         <v>45</v>
       </c>
       <c r="D792" t="s">
-        <v>1185</v>
+        <v>219</v>
       </c>
       <c r="E792" t="s">
-        <v>1186</v>
+        <v>220</v>
       </c>
       <c r="F792" t="s">
         <v>1392</v>
       </c>
     </row>
     <row r="793" spans="1:6">
       <c r="A793" t="s">
         <v>1393</v>
       </c>
       <c r="B793" t="s">
         <v>1181</v>
       </c>
       <c r="C793" t="s">
         <v>45</v>
       </c>
       <c r="D793" t="s">
-        <v>1189</v>
+        <v>215</v>
       </c>
       <c r="E793" t="s">
-        <v>1190</v>
+        <v>216</v>
       </c>
       <c r="F793" t="s">
-        <v>1392</v>
+        <v>1394</v>
       </c>
     </row>
     <row r="794" spans="1:6">
       <c r="A794" t="s">
-        <v>1394</v>
+        <v>1395</v>
       </c>
       <c r="B794" t="s">
         <v>1181</v>
       </c>
       <c r="C794" t="s">
         <v>45</v>
       </c>
       <c r="D794" t="s">
-        <v>204</v>
+        <v>1185</v>
       </c>
       <c r="E794" t="s">
-        <v>205</v>
+        <v>1186</v>
       </c>
       <c r="F794" t="s">
-        <v>883</v>
+        <v>1396</v>
       </c>
     </row>
     <row r="795" spans="1:6">
       <c r="A795" t="s">
-        <v>1395</v>
+        <v>1397</v>
       </c>
       <c r="B795" t="s">
         <v>1181</v>
       </c>
       <c r="C795" t="s">
-        <v>48</v>
+        <v>45</v>
       </c>
       <c r="D795" t="s">
-        <v>118</v>
+        <v>1189</v>
       </c>
       <c r="E795" t="s">
-        <v>119</v>
+        <v>1190</v>
       </c>
       <c r="F795" t="s">
         <v>1396</v>
       </c>
     </row>
     <row r="796" spans="1:6">
       <c r="A796" t="s">
-        <v>1397</v>
+        <v>1398</v>
       </c>
       <c r="B796" t="s">
         <v>1181</v>
       </c>
       <c r="C796" t="s">
-        <v>48</v>
+        <v>45</v>
       </c>
       <c r="D796" t="s">
-        <v>223</v>
+        <v>204</v>
       </c>
       <c r="E796" t="s">
-        <v>224</v>
+        <v>205</v>
       </c>
       <c r="F796" t="s">
-        <v>1398</v>
+        <v>883</v>
       </c>
     </row>
     <row r="797" spans="1:6">
       <c r="A797" t="s">
         <v>1399</v>
       </c>
       <c r="B797" t="s">
         <v>1181</v>
       </c>
       <c r="C797" t="s">
         <v>48</v>
       </c>
       <c r="D797" t="s">
-        <v>227</v>
+        <v>118</v>
       </c>
       <c r="E797" t="s">
-        <v>228</v>
+        <v>119</v>
       </c>
       <c r="F797" t="s">
-        <v>602</v>
+        <v>1400</v>
       </c>
     </row>
     <row r="798" spans="1:6">
       <c r="A798" t="s">
-        <v>1400</v>
+        <v>1401</v>
       </c>
       <c r="B798" t="s">
         <v>1181</v>
       </c>
       <c r="C798" t="s">
         <v>48</v>
       </c>
       <c r="D798" t="s">
-        <v>219</v>
+        <v>223</v>
       </c>
       <c r="E798" t="s">
-        <v>220</v>
+        <v>224</v>
       </c>
       <c r="F798" t="s">
-        <v>1401</v>
+        <v>1402</v>
       </c>
     </row>
     <row r="799" spans="1:6">
       <c r="A799" t="s">
-        <v>1402</v>
+        <v>1403</v>
       </c>
       <c r="B799" t="s">
         <v>1181</v>
       </c>
       <c r="C799" t="s">
         <v>48</v>
       </c>
       <c r="D799" t="s">
-        <v>25</v>
+        <v>227</v>
       </c>
       <c r="E799" t="s">
-        <v>26</v>
+        <v>228</v>
       </c>
       <c r="F799" t="s">
-        <v>1403</v>
+        <v>602</v>
       </c>
     </row>
     <row r="800" spans="1:6">
       <c r="A800" t="s">
         <v>1404</v>
       </c>
       <c r="B800" t="s">
         <v>1181</v>
       </c>
       <c r="C800" t="s">
         <v>48</v>
       </c>
       <c r="D800" t="s">
-        <v>215</v>
+        <v>219</v>
       </c>
       <c r="E800" t="s">
-        <v>216</v>
+        <v>220</v>
       </c>
       <c r="F800" t="s">
         <v>1405</v>
       </c>
     </row>
     <row r="801" spans="1:6">
       <c r="A801" t="s">
         <v>1406</v>
       </c>
       <c r="B801" t="s">
         <v>1181</v>
       </c>
       <c r="C801" t="s">
         <v>48</v>
       </c>
       <c r="D801" t="s">
-        <v>1185</v>
+        <v>25</v>
       </c>
       <c r="E801" t="s">
-        <v>1186</v>
+        <v>26</v>
       </c>
       <c r="F801" t="s">
         <v>1407</v>
       </c>
     </row>
     <row r="802" spans="1:6">
       <c r="A802" t="s">
         <v>1408</v>
       </c>
       <c r="B802" t="s">
         <v>1181</v>
       </c>
       <c r="C802" t="s">
         <v>48</v>
       </c>
       <c r="D802" t="s">
-        <v>1189</v>
+        <v>215</v>
       </c>
       <c r="E802" t="s">
-        <v>1190</v>
+        <v>216</v>
       </c>
       <c r="F802" t="s">
-        <v>1407</v>
+        <v>1409</v>
       </c>
     </row>
     <row r="803" spans="1:6">
       <c r="A803" t="s">
-        <v>1409</v>
+        <v>1410</v>
       </c>
       <c r="B803" t="s">
         <v>1181</v>
       </c>
       <c r="C803" t="s">
         <v>48</v>
       </c>
       <c r="D803" t="s">
-        <v>204</v>
+        <v>1185</v>
       </c>
       <c r="E803" t="s">
-        <v>205</v>
+        <v>1186</v>
       </c>
       <c r="F803" t="s">
-        <v>883</v>
+        <v>1411</v>
       </c>
     </row>
     <row r="804" spans="1:6">
       <c r="A804" t="s">
-        <v>1410</v>
+        <v>1412</v>
       </c>
       <c r="B804" t="s">
         <v>1181</v>
       </c>
       <c r="C804" t="s">
-        <v>51</v>
+        <v>48</v>
       </c>
       <c r="D804" t="s">
-        <v>118</v>
+        <v>1189</v>
       </c>
       <c r="E804" t="s">
-        <v>119</v>
+        <v>1190</v>
       </c>
       <c r="F804" t="s">
-        <v>1336</v>
+        <v>1411</v>
       </c>
     </row>
     <row r="805" spans="1:6">
       <c r="A805" t="s">
-        <v>1411</v>
+        <v>1413</v>
       </c>
       <c r="B805" t="s">
         <v>1181</v>
       </c>
       <c r="C805" t="s">
-        <v>51</v>
+        <v>48</v>
       </c>
       <c r="D805" t="s">
-        <v>223</v>
+        <v>204</v>
       </c>
       <c r="E805" t="s">
-        <v>224</v>
+        <v>205</v>
       </c>
       <c r="F805" t="s">
-        <v>1412</v>
+        <v>883</v>
       </c>
     </row>
     <row r="806" spans="1:6">
       <c r="A806" t="s">
-        <v>1413</v>
+        <v>1414</v>
       </c>
       <c r="B806" t="s">
         <v>1181</v>
       </c>
       <c r="C806" t="s">
         <v>51</v>
       </c>
       <c r="D806" t="s">
-        <v>227</v>
+        <v>118</v>
       </c>
       <c r="E806" t="s">
-        <v>228</v>
+        <v>119</v>
       </c>
       <c r="F806" t="s">
-        <v>602</v>
+        <v>1340</v>
       </c>
     </row>
     <row r="807" spans="1:6">
       <c r="A807" t="s">
-        <v>1414</v>
+        <v>1415</v>
       </c>
       <c r="B807" t="s">
         <v>1181</v>
       </c>
       <c r="C807" t="s">
         <v>51</v>
       </c>
       <c r="D807" t="s">
-        <v>219</v>
+        <v>223</v>
       </c>
       <c r="E807" t="s">
-        <v>220</v>
+        <v>224</v>
       </c>
       <c r="F807" t="s">
-        <v>1415</v>
+        <v>1416</v>
       </c>
     </row>
     <row r="808" spans="1:6">
       <c r="A808" t="s">
-        <v>1416</v>
+        <v>1417</v>
       </c>
       <c r="B808" t="s">
         <v>1181</v>
       </c>
       <c r="C808" t="s">
         <v>51</v>
       </c>
       <c r="D808" t="s">
-        <v>25</v>
+        <v>227</v>
       </c>
       <c r="E808" t="s">
-        <v>26</v>
+        <v>228</v>
       </c>
       <c r="F808" t="s">
-        <v>1417</v>
+        <v>602</v>
       </c>
     </row>
     <row r="809" spans="1:6">
       <c r="A809" t="s">
         <v>1418</v>
       </c>
       <c r="B809" t="s">
         <v>1181</v>
       </c>
       <c r="C809" t="s">
         <v>51</v>
       </c>
       <c r="D809" t="s">
-        <v>1185</v>
+        <v>219</v>
       </c>
       <c r="E809" t="s">
-        <v>1186</v>
+        <v>220</v>
       </c>
       <c r="F809" t="s">
         <v>1419</v>
       </c>
     </row>
     <row r="810" spans="1:6">
       <c r="A810" t="s">
         <v>1420</v>
       </c>
       <c r="B810" t="s">
         <v>1181</v>
       </c>
       <c r="C810" t="s">
         <v>51</v>
       </c>
       <c r="D810" t="s">
-        <v>1189</v>
+        <v>25</v>
       </c>
       <c r="E810" t="s">
-        <v>1190</v>
+        <v>26</v>
       </c>
       <c r="F810" t="s">
-        <v>1419</v>
+        <v>1421</v>
       </c>
     </row>
     <row r="811" spans="1:6">
       <c r="A811" t="s">
-        <v>1421</v>
+        <v>1422</v>
       </c>
       <c r="B811" t="s">
         <v>1181</v>
       </c>
       <c r="C811" t="s">
         <v>51</v>
       </c>
       <c r="D811" t="s">
-        <v>204</v>
+        <v>1185</v>
       </c>
       <c r="E811" t="s">
-        <v>205</v>
+        <v>1186</v>
       </c>
       <c r="F811" t="s">
-        <v>883</v>
+        <v>1423</v>
       </c>
     </row>
     <row r="812" spans="1:6">
       <c r="A812" t="s">
-        <v>1422</v>
+        <v>1424</v>
       </c>
       <c r="B812" t="s">
         <v>1181</v>
       </c>
       <c r="C812" t="s">
-        <v>91</v>
+        <v>51</v>
       </c>
       <c r="D812" t="s">
-        <v>118</v>
+        <v>1189</v>
       </c>
       <c r="E812" t="s">
-        <v>119</v>
+        <v>1190</v>
       </c>
       <c r="F812" t="s">
         <v>1423</v>
       </c>
     </row>
     <row r="813" spans="1:6">
       <c r="A813" t="s">
-        <v>1424</v>
+        <v>1425</v>
       </c>
       <c r="B813" t="s">
         <v>1181</v>
       </c>
       <c r="C813" t="s">
-        <v>91</v>
+        <v>51</v>
       </c>
       <c r="D813" t="s">
-        <v>223</v>
+        <v>204</v>
       </c>
       <c r="E813" t="s">
-        <v>224</v>
+        <v>205</v>
       </c>
       <c r="F813" t="s">
-        <v>1425</v>
+        <v>883</v>
       </c>
     </row>
     <row r="814" spans="1:6">
       <c r="A814" t="s">
         <v>1426</v>
       </c>
       <c r="B814" t="s">
         <v>1181</v>
       </c>
       <c r="C814" t="s">
         <v>91</v>
       </c>
       <c r="D814" t="s">
-        <v>227</v>
+        <v>118</v>
       </c>
       <c r="E814" t="s">
-        <v>228</v>
+        <v>119</v>
       </c>
       <c r="F814" t="s">
-        <v>602</v>
+        <v>1427</v>
       </c>
     </row>
     <row r="815" spans="1:6">
       <c r="A815" t="s">
-        <v>1427</v>
+        <v>1428</v>
       </c>
       <c r="B815" t="s">
         <v>1181</v>
       </c>
       <c r="C815" t="s">
         <v>91</v>
       </c>
       <c r="D815" t="s">
-        <v>219</v>
+        <v>223</v>
       </c>
       <c r="E815" t="s">
-        <v>220</v>
+        <v>224</v>
       </c>
       <c r="F815" t="s">
-        <v>1428</v>
+        <v>1429</v>
       </c>
     </row>
     <row r="816" spans="1:6">
       <c r="A816" t="s">
-        <v>1429</v>
+        <v>1430</v>
       </c>
       <c r="B816" t="s">
         <v>1181</v>
       </c>
       <c r="C816" t="s">
         <v>91</v>
       </c>
       <c r="D816" t="s">
-        <v>25</v>
+        <v>227</v>
       </c>
       <c r="E816" t="s">
-        <v>26</v>
+        <v>228</v>
       </c>
       <c r="F816" t="s">
-        <v>1430</v>
+        <v>602</v>
       </c>
     </row>
     <row r="817" spans="1:6">
       <c r="A817" t="s">
         <v>1431</v>
       </c>
       <c r="B817" t="s">
         <v>1181</v>
       </c>
       <c r="C817" t="s">
         <v>91</v>
       </c>
       <c r="D817" t="s">
-        <v>1185</v>
+        <v>219</v>
       </c>
       <c r="E817" t="s">
-        <v>1186</v>
+        <v>220</v>
       </c>
       <c r="F817" t="s">
         <v>1432</v>
       </c>
     </row>
     <row r="818" spans="1:6">
       <c r="A818" t="s">
         <v>1433</v>
       </c>
       <c r="B818" t="s">
         <v>1181</v>
       </c>
       <c r="C818" t="s">
         <v>91</v>
       </c>
       <c r="D818" t="s">
-        <v>1189</v>
+        <v>25</v>
       </c>
       <c r="E818" t="s">
-        <v>1190</v>
+        <v>26</v>
       </c>
       <c r="F818" t="s">
-        <v>1432</v>
+        <v>1434</v>
       </c>
     </row>
     <row r="819" spans="1:6">
       <c r="A819" t="s">
-        <v>1434</v>
+        <v>1435</v>
       </c>
       <c r="B819" t="s">
         <v>1181</v>
       </c>
       <c r="C819" t="s">
-        <v>94</v>
+        <v>91</v>
       </c>
       <c r="D819" t="s">
-        <v>118</v>
+        <v>1185</v>
       </c>
       <c r="E819" t="s">
-        <v>119</v>
+        <v>1186</v>
       </c>
       <c r="F819" t="s">
-        <v>1396</v>
+        <v>1436</v>
       </c>
     </row>
     <row r="820" spans="1:6">
       <c r="A820" t="s">
-        <v>1435</v>
+        <v>1437</v>
       </c>
       <c r="B820" t="s">
         <v>1181</v>
       </c>
       <c r="C820" t="s">
-        <v>94</v>
+        <v>91</v>
       </c>
       <c r="D820" t="s">
-        <v>223</v>
+        <v>1189</v>
       </c>
       <c r="E820" t="s">
-        <v>224</v>
+        <v>1190</v>
       </c>
       <c r="F820" t="s">
         <v>1436</v>
       </c>
     </row>
     <row r="821" spans="1:6">
       <c r="A821" t="s">
-        <v>1437</v>
+        <v>1438</v>
       </c>
       <c r="B821" t="s">
         <v>1181</v>
       </c>
       <c r="C821" t="s">
         <v>94</v>
       </c>
       <c r="D821" t="s">
-        <v>227</v>
+        <v>118</v>
       </c>
       <c r="E821" t="s">
-        <v>228</v>
+        <v>119</v>
       </c>
       <c r="F821" t="s">
-        <v>602</v>
+        <v>1400</v>
       </c>
     </row>
     <row r="822" spans="1:6">
       <c r="A822" t="s">
-        <v>1438</v>
+        <v>1439</v>
       </c>
       <c r="B822" t="s">
         <v>1181</v>
       </c>
       <c r="C822" t="s">
         <v>94</v>
       </c>
       <c r="D822" t="s">
-        <v>219</v>
+        <v>223</v>
       </c>
       <c r="E822" t="s">
-        <v>220</v>
+        <v>224</v>
       </c>
       <c r="F822" t="s">
-        <v>1439</v>
+        <v>1440</v>
       </c>
     </row>
     <row r="823" spans="1:6">
       <c r="A823" t="s">
-        <v>1440</v>
+        <v>1441</v>
       </c>
       <c r="B823" t="s">
         <v>1181</v>
       </c>
       <c r="C823" t="s">
         <v>94</v>
       </c>
       <c r="D823" t="s">
-        <v>25</v>
+        <v>227</v>
       </c>
       <c r="E823" t="s">
-        <v>26</v>
+        <v>228</v>
       </c>
       <c r="F823" t="s">
-        <v>1441</v>
+        <v>602</v>
       </c>
     </row>
     <row r="824" spans="1:6">
       <c r="A824" t="s">
         <v>1442</v>
       </c>
       <c r="B824" t="s">
         <v>1181</v>
       </c>
       <c r="C824" t="s">
         <v>94</v>
       </c>
       <c r="D824" t="s">
-        <v>1185</v>
+        <v>219</v>
       </c>
       <c r="E824" t="s">
-        <v>1186</v>
+        <v>220</v>
       </c>
       <c r="F824" t="s">
         <v>1443</v>
       </c>
     </row>
     <row r="825" spans="1:6">
       <c r="A825" t="s">
         <v>1444</v>
       </c>
       <c r="B825" t="s">
         <v>1181</v>
       </c>
       <c r="C825" t="s">
         <v>94</v>
       </c>
       <c r="D825" t="s">
-        <v>1189</v>
+        <v>25</v>
       </c>
       <c r="E825" t="s">
-        <v>1190</v>
+        <v>26</v>
       </c>
       <c r="F825" t="s">
         <v>1445</v>
       </c>
     </row>
     <row r="826" spans="1:6">
       <c r="A826" t="s">
         <v>1446</v>
       </c>
       <c r="B826" t="s">
         <v>1181</v>
       </c>
       <c r="C826" t="s">
-        <v>97</v>
+        <v>94</v>
       </c>
       <c r="D826" t="s">
-        <v>118</v>
+        <v>1185</v>
       </c>
       <c r="E826" t="s">
-        <v>119</v>
+        <v>1186</v>
       </c>
       <c r="F826" t="s">
         <v>1447</v>
       </c>
     </row>
     <row r="827" spans="1:6">
       <c r="A827" t="s">
         <v>1448</v>
       </c>
       <c r="B827" t="s">
         <v>1181</v>
       </c>
       <c r="C827" t="s">
-        <v>97</v>
+        <v>94</v>
       </c>
       <c r="D827" t="s">
-        <v>223</v>
+        <v>1189</v>
       </c>
       <c r="E827" t="s">
-        <v>224</v>
+        <v>1190</v>
       </c>
       <c r="F827" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="828" spans="1:6">
       <c r="A828" t="s">
         <v>1450</v>
       </c>
       <c r="B828" t="s">
         <v>1181</v>
       </c>
       <c r="C828" t="s">
         <v>97</v>
       </c>
       <c r="D828" t="s">
-        <v>227</v>
+        <v>118</v>
       </c>
       <c r="E828" t="s">
-        <v>228</v>
+        <v>119</v>
       </c>
       <c r="F828" t="s">
-        <v>602</v>
+        <v>1451</v>
       </c>
     </row>
     <row r="829" spans="1:6">
       <c r="A829" t="s">
-        <v>1451</v>
+        <v>1452</v>
       </c>
       <c r="B829" t="s">
         <v>1181</v>
       </c>
       <c r="C829" t="s">
         <v>97</v>
       </c>
       <c r="D829" t="s">
-        <v>219</v>
+        <v>223</v>
       </c>
       <c r="E829" t="s">
-        <v>220</v>
+        <v>224</v>
       </c>
       <c r="F829" t="s">
-        <v>1452</v>
+        <v>1453</v>
       </c>
     </row>
     <row r="830" spans="1:6">
       <c r="A830" t="s">
-        <v>1453</v>
+        <v>1454</v>
       </c>
       <c r="B830" t="s">
         <v>1181</v>
       </c>
       <c r="C830" t="s">
         <v>97</v>
       </c>
       <c r="D830" t="s">
-        <v>25</v>
+        <v>227</v>
       </c>
       <c r="E830" t="s">
-        <v>26</v>
+        <v>228</v>
       </c>
       <c r="F830" t="s">
-        <v>1454</v>
+        <v>602</v>
       </c>
     </row>
     <row r="831" spans="1:6">
       <c r="A831" t="s">
         <v>1455</v>
       </c>
       <c r="B831" t="s">
         <v>1181</v>
       </c>
       <c r="C831" t="s">
         <v>97</v>
       </c>
       <c r="D831" t="s">
-        <v>1185</v>
+        <v>219</v>
       </c>
       <c r="E831" t="s">
-        <v>1186</v>
+        <v>220</v>
       </c>
       <c r="F831" t="s">
         <v>1456</v>
       </c>
     </row>
     <row r="832" spans="1:6">
       <c r="A832" t="s">
         <v>1457</v>
       </c>
       <c r="B832" t="s">
         <v>1181</v>
       </c>
       <c r="C832" t="s">
         <v>97</v>
       </c>
       <c r="D832" t="s">
-        <v>1189</v>
+        <v>25</v>
       </c>
       <c r="E832" t="s">
-        <v>1190</v>
+        <v>26</v>
       </c>
       <c r="F832" t="s">
         <v>1458</v>
       </c>
     </row>
     <row r="833" spans="1:6">
       <c r="A833" t="s">
         <v>1459</v>
       </c>
       <c r="B833" t="s">
         <v>1181</v>
       </c>
       <c r="C833" t="s">
-        <v>100</v>
+        <v>97</v>
       </c>
       <c r="D833" t="s">
-        <v>118</v>
+        <v>1185</v>
       </c>
       <c r="E833" t="s">
-        <v>119</v>
+        <v>1186</v>
       </c>
       <c r="F833" t="s">
         <v>1460</v>
       </c>
     </row>
     <row r="834" spans="1:6">
       <c r="A834" t="s">
         <v>1461</v>
       </c>
       <c r="B834" t="s">
         <v>1181</v>
       </c>
       <c r="C834" t="s">
-        <v>100</v>
+        <v>97</v>
       </c>
       <c r="D834" t="s">
-        <v>227</v>
+        <v>1189</v>
       </c>
       <c r="E834" t="s">
-        <v>228</v>
+        <v>1190</v>
       </c>
       <c r="F834" t="s">
-        <v>602</v>
+        <v>1462</v>
       </c>
     </row>
     <row r="835" spans="1:6">
       <c r="A835" t="s">
-        <v>1462</v>
+        <v>1463</v>
       </c>
       <c r="B835" t="s">
         <v>1181</v>
       </c>
       <c r="C835" t="s">
         <v>100</v>
       </c>
       <c r="D835" t="s">
-        <v>219</v>
+        <v>118</v>
       </c>
       <c r="E835" t="s">
-        <v>220</v>
+        <v>119</v>
       </c>
       <c r="F835" t="s">
-        <v>1463</v>
+        <v>1464</v>
       </c>
     </row>
     <row r="836" spans="1:6">
       <c r="A836" t="s">
-        <v>1464</v>
+        <v>1465</v>
       </c>
       <c r="B836" t="s">
         <v>1181</v>
       </c>
       <c r="C836" t="s">
         <v>100</v>
       </c>
       <c r="D836" t="s">
-        <v>223</v>
+        <v>227</v>
       </c>
       <c r="E836" t="s">
-        <v>224</v>
+        <v>228</v>
       </c>
       <c r="F836" t="s">
-        <v>1465</v>
+        <v>602</v>
       </c>
     </row>
     <row r="837" spans="1:6">
       <c r="A837" t="s">
         <v>1466</v>
       </c>
       <c r="B837" t="s">
         <v>1181</v>
       </c>
       <c r="C837" t="s">
         <v>100</v>
       </c>
       <c r="D837" t="s">
-        <v>25</v>
+        <v>219</v>
       </c>
       <c r="E837" t="s">
-        <v>26</v>
+        <v>220</v>
       </c>
       <c r="F837" t="s">
         <v>1467</v>
       </c>
     </row>
     <row r="838" spans="1:6">
       <c r="A838" t="s">
         <v>1468</v>
       </c>
       <c r="B838" t="s">
         <v>1181</v>
       </c>
       <c r="C838" t="s">
         <v>100</v>
       </c>
       <c r="D838" t="s">
-        <v>1185</v>
+        <v>223</v>
       </c>
       <c r="E838" t="s">
-        <v>1186</v>
+        <v>224</v>
       </c>
       <c r="F838" t="s">
         <v>1469</v>
       </c>
     </row>
     <row r="839" spans="1:6">
       <c r="A839" t="s">
         <v>1470</v>
       </c>
       <c r="B839" t="s">
         <v>1181</v>
       </c>
       <c r="C839" t="s">
         <v>100</v>
       </c>
       <c r="D839" t="s">
-        <v>1189</v>
+        <v>25</v>
       </c>
       <c r="E839" t="s">
-        <v>1190</v>
+        <v>26</v>
       </c>
       <c r="F839" t="s">
-        <v>1469</v>
+        <v>1471</v>
       </c>
     </row>
     <row r="840" spans="1:6">
       <c r="A840" t="s">
-        <v>1471</v>
+        <v>1472</v>
       </c>
       <c r="B840" t="s">
         <v>1181</v>
       </c>
       <c r="C840" t="s">
-        <v>103</v>
+        <v>100</v>
       </c>
       <c r="D840" t="s">
-        <v>118</v>
+        <v>1185</v>
       </c>
       <c r="E840" t="s">
-        <v>119</v>
+        <v>1186</v>
       </c>
       <c r="F840" t="s">
-        <v>1472</v>
+        <v>1473</v>
       </c>
     </row>
     <row r="841" spans="1:6">
       <c r="A841" t="s">
+        <v>1474</v>
+      </c>
+      <c r="B841" t="s">
+        <v>1181</v>
+      </c>
+      <c r="C841" t="s">
+        <v>100</v>
+      </c>
+      <c r="D841" t="s">
+        <v>1189</v>
+      </c>
+      <c r="E841" t="s">
+        <v>1190</v>
+      </c>
+      <c r="F841" t="s">
         <v>1473</v>
-      </c>
-[...13 lines deleted...]
-        <v>602</v>
       </c>
     </row>
     <row r="842" spans="1:6">
       <c r="A842" t="s">
-        <v>1474</v>
+        <v>1475</v>
       </c>
       <c r="B842" t="s">
         <v>1181</v>
       </c>
       <c r="C842" t="s">
         <v>103</v>
       </c>
       <c r="D842" t="s">
-        <v>219</v>
+        <v>118</v>
       </c>
       <c r="E842" t="s">
-        <v>220</v>
+        <v>119</v>
       </c>
       <c r="F842" t="s">
-        <v>1475</v>
+        <v>1476</v>
       </c>
     </row>
     <row r="843" spans="1:6">
       <c r="A843" t="s">
-        <v>1476</v>
+        <v>1477</v>
       </c>
       <c r="B843" t="s">
         <v>1181</v>
       </c>
       <c r="C843" t="s">
         <v>103</v>
       </c>
       <c r="D843" t="s">
-        <v>223</v>
+        <v>227</v>
       </c>
       <c r="E843" t="s">
-        <v>224</v>
+        <v>228</v>
       </c>
       <c r="F843" t="s">
-        <v>1477</v>
+        <v>602</v>
       </c>
     </row>
     <row r="844" spans="1:6">
       <c r="A844" t="s">
         <v>1478</v>
       </c>
       <c r="B844" t="s">
         <v>1181</v>
       </c>
       <c r="C844" t="s">
         <v>103</v>
       </c>
       <c r="D844" t="s">
-        <v>25</v>
+        <v>219</v>
       </c>
       <c r="E844" t="s">
-        <v>26</v>
+        <v>220</v>
       </c>
       <c r="F844" t="s">
         <v>1479</v>
       </c>
     </row>
     <row r="845" spans="1:6">
       <c r="A845" t="s">
         <v>1480</v>
       </c>
       <c r="B845" t="s">
         <v>1181</v>
       </c>
       <c r="C845" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="D845" t="s">
-        <v>227</v>
+        <v>223</v>
       </c>
       <c r="E845" t="s">
-        <v>228</v>
+        <v>224</v>
       </c>
       <c r="F845" t="s">
-        <v>602</v>
+        <v>1481</v>
       </c>
     </row>
     <row r="846" spans="1:6">
       <c r="A846" t="s">
-        <v>1481</v>
+        <v>1482</v>
       </c>
       <c r="B846" t="s">
         <v>1181</v>
       </c>
       <c r="C846" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="D846" t="s">
-        <v>219</v>
+        <v>25</v>
       </c>
       <c r="E846" t="s">
-        <v>220</v>
+        <v>26</v>
       </c>
       <c r="F846" t="s">
-        <v>1482</v>
+        <v>1483</v>
       </c>
     </row>
     <row r="847" spans="1:6">
       <c r="A847" t="s">
-        <v>1483</v>
+        <v>1484</v>
       </c>
       <c r="B847" t="s">
         <v>1181</v>
       </c>
       <c r="C847" t="s">
         <v>106</v>
       </c>
       <c r="D847" t="s">
-        <v>118</v>
+        <v>227</v>
       </c>
       <c r="E847" t="s">
-        <v>119</v>
+        <v>228</v>
       </c>
       <c r="F847" t="s">
-        <v>1484</v>
+        <v>602</v>
       </c>
     </row>
     <row r="848" spans="1:6">
       <c r="A848" t="s">
         <v>1485</v>
       </c>
       <c r="B848" t="s">
         <v>1181</v>
       </c>
       <c r="C848" t="s">
         <v>106</v>
       </c>
       <c r="D848" t="s">
-        <v>223</v>
+        <v>219</v>
       </c>
       <c r="E848" t="s">
-        <v>224</v>
+        <v>220</v>
       </c>
       <c r="F848" t="s">
         <v>1486</v>
       </c>
     </row>
     <row r="849" spans="1:6">
       <c r="A849" t="s">
         <v>1487</v>
       </c>
       <c r="B849" t="s">
         <v>1181</v>
       </c>
       <c r="C849" t="s">
-        <v>203</v>
+        <v>106</v>
       </c>
       <c r="D849" t="s">
-        <v>219</v>
+        <v>118</v>
       </c>
       <c r="E849" t="s">
-        <v>220</v>
+        <v>119</v>
       </c>
       <c r="F849" t="s">
         <v>1488</v>
       </c>
     </row>
     <row r="850" spans="1:6">
       <c r="A850" t="s">
         <v>1489</v>
       </c>
       <c r="B850" t="s">
         <v>1181</v>
       </c>
       <c r="C850" t="s">
-        <v>203</v>
+        <v>106</v>
       </c>
       <c r="D850" t="s">
-        <v>118</v>
+        <v>223</v>
       </c>
       <c r="E850" t="s">
-        <v>119</v>
+        <v>224</v>
       </c>
       <c r="F850" t="s">
         <v>1490</v>
       </c>
     </row>
     <row r="851" spans="1:6">
       <c r="A851" t="s">
         <v>1491</v>
       </c>
       <c r="B851" t="s">
         <v>1181</v>
       </c>
       <c r="C851" t="s">
         <v>203</v>
       </c>
       <c r="D851" t="s">
-        <v>227</v>
+        <v>219</v>
       </c>
       <c r="E851" t="s">
-        <v>228</v>
+        <v>220</v>
       </c>
       <c r="F851" t="s">
-        <v>602</v>
+        <v>1492</v>
       </c>
     </row>
     <row r="852" spans="1:6">
       <c r="A852" t="s">
-        <v>1492</v>
+        <v>1493</v>
       </c>
       <c r="B852" t="s">
         <v>1181</v>
       </c>
       <c r="C852" t="s">
         <v>203</v>
       </c>
       <c r="D852" t="s">
-        <v>223</v>
+        <v>118</v>
       </c>
       <c r="E852" t="s">
-        <v>224</v>
+        <v>119</v>
       </c>
       <c r="F852" t="s">
-        <v>1493</v>
+        <v>1494</v>
       </c>
     </row>
     <row r="853" spans="1:6">
       <c r="A853" t="s">
-        <v>1494</v>
+        <v>1495</v>
       </c>
       <c r="B853" t="s">
         <v>1181</v>
       </c>
       <c r="C853" t="s">
-        <v>280</v>
+        <v>203</v>
       </c>
       <c r="D853" t="s">
-        <v>118</v>
+        <v>227</v>
       </c>
       <c r="E853" t="s">
-        <v>119</v>
+        <v>228</v>
       </c>
       <c r="F853" t="s">
-        <v>1495</v>
+        <v>602</v>
       </c>
     </row>
     <row r="854" spans="1:6">
       <c r="A854" t="s">
         <v>1496</v>
       </c>
       <c r="B854" t="s">
         <v>1181</v>
       </c>
       <c r="C854" t="s">
-        <v>280</v>
+        <v>203</v>
       </c>
       <c r="D854" t="s">
-        <v>219</v>
+        <v>223</v>
       </c>
       <c r="E854" t="s">
-        <v>220</v>
+        <v>224</v>
       </c>
       <c r="F854" t="s">
         <v>1497</v>
       </c>
     </row>
     <row r="855" spans="1:6">
       <c r="A855" t="s">
         <v>1498</v>
       </c>
       <c r="B855" t="s">
         <v>1181</v>
       </c>
       <c r="C855" t="s">
         <v>280</v>
       </c>
       <c r="D855" t="s">
-        <v>227</v>
+        <v>118</v>
       </c>
       <c r="E855" t="s">
-        <v>228</v>
+        <v>119</v>
       </c>
       <c r="F855" t="s">
-        <v>602</v>
+        <v>1499</v>
       </c>
     </row>
     <row r="856" spans="1:6">
       <c r="A856" t="s">
-        <v>1499</v>
+        <v>1500</v>
       </c>
       <c r="B856" t="s">
         <v>1181</v>
       </c>
       <c r="C856" t="s">
         <v>280</v>
       </c>
       <c r="D856" t="s">
-        <v>223</v>
+        <v>219</v>
       </c>
       <c r="E856" t="s">
-        <v>224</v>
+        <v>220</v>
       </c>
       <c r="F856" t="s">
-        <v>1500</v>
+        <v>1501</v>
       </c>
     </row>
     <row r="857" spans="1:6">
       <c r="A857" t="s">
-        <v>1501</v>
+        <v>1502</v>
       </c>
       <c r="B857" t="s">
         <v>1181</v>
       </c>
       <c r="C857" t="s">
-        <v>208</v>
+        <v>280</v>
       </c>
       <c r="D857" t="s">
-        <v>118</v>
+        <v>227</v>
       </c>
       <c r="E857" t="s">
-        <v>119</v>
+        <v>228</v>
       </c>
       <c r="F857" t="s">
-        <v>1495</v>
+        <v>602</v>
       </c>
     </row>
     <row r="858" spans="1:6">
       <c r="A858" t="s">
-        <v>1502</v>
+        <v>1503</v>
       </c>
       <c r="B858" t="s">
         <v>1181</v>
       </c>
       <c r="C858" t="s">
-        <v>208</v>
+        <v>280</v>
       </c>
       <c r="D858" t="s">
-        <v>219</v>
+        <v>223</v>
       </c>
       <c r="E858" t="s">
-        <v>220</v>
+        <v>224</v>
       </c>
       <c r="F858" t="s">
-        <v>1503</v>
+        <v>1504</v>
       </c>
     </row>
     <row r="859" spans="1:6">
       <c r="A859" t="s">
-        <v>1504</v>
+        <v>1505</v>
       </c>
       <c r="B859" t="s">
         <v>1181</v>
       </c>
       <c r="C859" t="s">
         <v>208</v>
       </c>
       <c r="D859" t="s">
-        <v>227</v>
+        <v>118</v>
       </c>
       <c r="E859" t="s">
-        <v>228</v>
+        <v>119</v>
       </c>
       <c r="F859" t="s">
-        <v>602</v>
+        <v>1499</v>
       </c>
     </row>
     <row r="860" spans="1:6">
       <c r="A860" t="s">
-        <v>1505</v>
+        <v>1506</v>
       </c>
       <c r="B860" t="s">
         <v>1181</v>
       </c>
       <c r="C860" t="s">
         <v>208</v>
       </c>
       <c r="D860" t="s">
-        <v>223</v>
+        <v>219</v>
       </c>
       <c r="E860" t="s">
-        <v>224</v>
+        <v>220</v>
       </c>
       <c r="F860" t="s">
-        <v>1506</v>
+        <v>1507</v>
       </c>
     </row>
     <row r="861" spans="1:6">
       <c r="A861" t="s">
-        <v>1507</v>
+        <v>1508</v>
       </c>
       <c r="B861" t="s">
         <v>1181</v>
       </c>
       <c r="C861" t="s">
-        <v>210</v>
+        <v>208</v>
       </c>
       <c r="D861" t="s">
-        <v>118</v>
+        <v>227</v>
       </c>
       <c r="E861" t="s">
-        <v>119</v>
+        <v>228</v>
       </c>
       <c r="F861" t="s">
-        <v>1508</v>
+        <v>602</v>
       </c>
     </row>
     <row r="862" spans="1:6">
       <c r="A862" t="s">
         <v>1509</v>
       </c>
       <c r="B862" t="s">
         <v>1181</v>
       </c>
       <c r="C862" t="s">
-        <v>210</v>
+        <v>208</v>
       </c>
       <c r="D862" t="s">
-        <v>227</v>
+        <v>223</v>
       </c>
       <c r="E862" t="s">
-        <v>228</v>
+        <v>224</v>
       </c>
       <c r="F862" t="s">
-        <v>602</v>
+        <v>1510</v>
       </c>
     </row>
     <row r="863" spans="1:6">
       <c r="A863" t="s">
-        <v>1510</v>
+        <v>1511</v>
       </c>
       <c r="B863" t="s">
         <v>1181</v>
       </c>
       <c r="C863" t="s">
         <v>210</v>
       </c>
       <c r="D863" t="s">
-        <v>219</v>
+        <v>118</v>
       </c>
       <c r="E863" t="s">
-        <v>220</v>
+        <v>119</v>
       </c>
       <c r="F863" t="s">
-        <v>1511</v>
+        <v>1512</v>
       </c>
     </row>
     <row r="864" spans="1:6">
       <c r="A864" t="s">
-        <v>1512</v>
+        <v>1513</v>
       </c>
       <c r="B864" t="s">
         <v>1181</v>
       </c>
       <c r="C864" t="s">
         <v>210</v>
       </c>
       <c r="D864" t="s">
-        <v>223</v>
+        <v>227</v>
       </c>
       <c r="E864" t="s">
-        <v>224</v>
+        <v>228</v>
       </c>
       <c r="F864" t="s">
-        <v>1513</v>
+        <v>602</v>
       </c>
     </row>
     <row r="865" spans="1:6">
       <c r="A865" t="s">
         <v>1514</v>
       </c>
       <c r="B865" t="s">
         <v>1181</v>
       </c>
       <c r="C865" t="s">
-        <v>290</v>
+        <v>210</v>
       </c>
       <c r="D865" t="s">
-        <v>118</v>
+        <v>219</v>
       </c>
       <c r="E865" t="s">
-        <v>119</v>
+        <v>220</v>
       </c>
       <c r="F865" t="s">
         <v>1515</v>
       </c>
     </row>
     <row r="866" spans="1:6">
       <c r="A866" t="s">
         <v>1516</v>
       </c>
       <c r="B866" t="s">
         <v>1181</v>
       </c>
       <c r="C866" t="s">
-        <v>290</v>
+        <v>210</v>
       </c>
       <c r="D866" t="s">
-        <v>227</v>
+        <v>223</v>
       </c>
       <c r="E866" t="s">
-        <v>228</v>
+        <v>224</v>
       </c>
       <c r="F866" t="s">
-        <v>602</v>
+        <v>1517</v>
       </c>
     </row>
     <row r="867" spans="1:6">
       <c r="A867" t="s">
-        <v>1517</v>
+        <v>1518</v>
       </c>
       <c r="B867" t="s">
         <v>1181</v>
       </c>
       <c r="C867" t="s">
         <v>290</v>
       </c>
       <c r="D867" t="s">
-        <v>223</v>
+        <v>118</v>
       </c>
       <c r="E867" t="s">
-        <v>224</v>
+        <v>119</v>
       </c>
       <c r="F867" t="s">
-        <v>1518</v>
+        <v>1519</v>
       </c>
     </row>
     <row r="868" spans="1:6">
       <c r="A868" t="s">
-        <v>1519</v>
+        <v>1520</v>
       </c>
       <c r="B868" t="s">
         <v>1181</v>
       </c>
       <c r="C868" t="s">
         <v>290</v>
       </c>
       <c r="D868" t="s">
-        <v>219</v>
+        <v>227</v>
       </c>
       <c r="E868" t="s">
-        <v>220</v>
+        <v>228</v>
       </c>
       <c r="F868" t="s">
-        <v>1520</v>
+        <v>602</v>
       </c>
     </row>
     <row r="869" spans="1:6">
       <c r="A869" t="s">
         <v>1521</v>
       </c>
       <c r="B869" t="s">
         <v>1181</v>
       </c>
       <c r="C869" t="s">
-        <v>294</v>
+        <v>290</v>
       </c>
       <c r="D869" t="s">
-        <v>118</v>
+        <v>223</v>
       </c>
       <c r="E869" t="s">
-        <v>119</v>
+        <v>224</v>
       </c>
       <c r="F869" t="s">
         <v>1522</v>
       </c>
     </row>
     <row r="870" spans="1:6">
       <c r="A870" t="s">
         <v>1523</v>
       </c>
       <c r="B870" t="s">
         <v>1181</v>
       </c>
       <c r="C870" t="s">
-        <v>294</v>
+        <v>290</v>
       </c>
       <c r="D870" t="s">
         <v>219</v>
       </c>
       <c r="E870" t="s">
         <v>220</v>
       </c>
       <c r="F870" t="s">
         <v>1524</v>
       </c>
     </row>
     <row r="871" spans="1:6">
       <c r="A871" t="s">
         <v>1525</v>
       </c>
       <c r="B871" t="s">
         <v>1181</v>
       </c>
       <c r="C871" t="s">
         <v>294</v>
       </c>
       <c r="D871" t="s">
-        <v>223</v>
+        <v>118</v>
       </c>
       <c r="E871" t="s">
-        <v>224</v>
+        <v>119</v>
       </c>
       <c r="F871" t="s">
         <v>1526</v>
       </c>
     </row>
     <row r="872" spans="1:6">
       <c r="A872" t="s">
         <v>1527</v>
       </c>
       <c r="B872" t="s">
         <v>1181</v>
       </c>
       <c r="C872" t="s">
         <v>294</v>
       </c>
       <c r="D872" t="s">
-        <v>227</v>
+        <v>219</v>
       </c>
       <c r="E872" t="s">
-        <v>228</v>
+        <v>220</v>
       </c>
       <c r="F872" t="s">
-        <v>602</v>
+        <v>1528</v>
       </c>
     </row>
     <row r="873" spans="1:6">
       <c r="A873" t="s">
-        <v>1528</v>
+        <v>1529</v>
       </c>
       <c r="B873" t="s">
         <v>1181</v>
       </c>
       <c r="C873" t="s">
-        <v>298</v>
+        <v>294</v>
       </c>
       <c r="D873" t="s">
-        <v>118</v>
+        <v>223</v>
       </c>
       <c r="E873" t="s">
-        <v>119</v>
+        <v>224</v>
       </c>
       <c r="F873" t="s">
-        <v>1529</v>
+        <v>1530</v>
       </c>
     </row>
     <row r="874" spans="1:6">
       <c r="A874" t="s">
-        <v>1530</v>
+        <v>1531</v>
       </c>
       <c r="B874" t="s">
         <v>1181</v>
       </c>
       <c r="C874" t="s">
-        <v>298</v>
+        <v>294</v>
       </c>
       <c r="D874" t="s">
-        <v>219</v>
+        <v>227</v>
       </c>
       <c r="E874" t="s">
-        <v>220</v>
+        <v>228</v>
       </c>
       <c r="F874" t="s">
-        <v>1531</v>
+        <v>602</v>
       </c>
     </row>
     <row r="875" spans="1:6">
       <c r="A875" t="s">
         <v>1532</v>
       </c>
       <c r="B875" t="s">
         <v>1181</v>
       </c>
       <c r="C875" t="s">
         <v>298</v>
       </c>
       <c r="D875" t="s">
-        <v>223</v>
+        <v>118</v>
       </c>
       <c r="E875" t="s">
-        <v>224</v>
+        <v>119</v>
       </c>
       <c r="F875" t="s">
         <v>1533</v>
       </c>
     </row>
     <row r="876" spans="1:6">
       <c r="A876" t="s">
         <v>1534</v>
       </c>
       <c r="B876" t="s">
         <v>1181</v>
       </c>
       <c r="C876" t="s">
         <v>298</v>
       </c>
       <c r="D876" t="s">
-        <v>227</v>
+        <v>219</v>
       </c>
       <c r="E876" t="s">
-        <v>228</v>
+        <v>220</v>
       </c>
       <c r="F876" t="s">
-        <v>602</v>
+        <v>1535</v>
       </c>
     </row>
     <row r="877" spans="1:6">
       <c r="A877" t="s">
-        <v>1535</v>
+        <v>1536</v>
       </c>
       <c r="B877" t="s">
         <v>1181</v>
       </c>
       <c r="C877" t="s">
-        <v>302</v>
+        <v>298</v>
       </c>
       <c r="D877" t="s">
-        <v>219</v>
+        <v>223</v>
       </c>
       <c r="E877" t="s">
-        <v>220</v>
+        <v>224</v>
       </c>
       <c r="F877" t="s">
-        <v>1536</v>
+        <v>1537</v>
       </c>
     </row>
     <row r="878" spans="1:6">
       <c r="A878" t="s">
-        <v>1537</v>
+        <v>1538</v>
       </c>
       <c r="B878" t="s">
         <v>1181</v>
       </c>
       <c r="C878" t="s">
-        <v>302</v>
+        <v>298</v>
       </c>
       <c r="D878" t="s">
-        <v>223</v>
+        <v>227</v>
       </c>
       <c r="E878" t="s">
-        <v>224</v>
+        <v>228</v>
       </c>
       <c r="F878" t="s">
-        <v>1538</v>
+        <v>602</v>
       </c>
     </row>
     <row r="879" spans="1:6">
       <c r="A879" t="s">
         <v>1539</v>
       </c>
       <c r="B879" t="s">
         <v>1181</v>
       </c>
       <c r="C879" t="s">
         <v>302</v>
       </c>
       <c r="D879" t="s">
-        <v>227</v>
+        <v>219</v>
       </c>
       <c r="E879" t="s">
-        <v>228</v>
+        <v>220</v>
       </c>
       <c r="F879" t="s">
-        <v>602</v>
+        <v>1540</v>
       </c>
     </row>
     <row r="880" spans="1:6">
       <c r="A880" t="s">
-        <v>1540</v>
+        <v>1541</v>
       </c>
       <c r="B880" t="s">
         <v>1181</v>
       </c>
       <c r="C880" t="s">
-        <v>212</v>
+        <v>302</v>
       </c>
       <c r="D880" t="s">
-        <v>219</v>
+        <v>223</v>
       </c>
       <c r="E880" t="s">
-        <v>220</v>
+        <v>224</v>
       </c>
       <c r="F880" t="s">
-        <v>1541</v>
+        <v>1542</v>
       </c>
     </row>
     <row r="881" spans="1:6">
       <c r="A881" t="s">
-        <v>1542</v>
+        <v>1543</v>
       </c>
       <c r="B881" t="s">
         <v>1181</v>
       </c>
       <c r="C881" t="s">
-        <v>212</v>
+        <v>302</v>
       </c>
       <c r="D881" t="s">
-        <v>223</v>
+        <v>227</v>
       </c>
       <c r="E881" t="s">
-        <v>224</v>
+        <v>228</v>
       </c>
       <c r="F881" t="s">
-        <v>1543</v>
+        <v>602</v>
       </c>
     </row>
     <row r="882" spans="1:6">
       <c r="A882" t="s">
         <v>1544</v>
       </c>
       <c r="B882" t="s">
         <v>1181</v>
       </c>
       <c r="C882" t="s">
         <v>212</v>
       </c>
       <c r="D882" t="s">
-        <v>227</v>
+        <v>219</v>
       </c>
       <c r="E882" t="s">
-        <v>228</v>
+        <v>220</v>
       </c>
       <c r="F882" t="s">
-        <v>602</v>
+        <v>1545</v>
       </c>
     </row>
     <row r="883" spans="1:6">
       <c r="A883" t="s">
-        <v>1545</v>
+        <v>1546</v>
       </c>
       <c r="B883" t="s">
         <v>1181</v>
       </c>
       <c r="C883" t="s">
-        <v>214</v>
+        <v>212</v>
       </c>
       <c r="D883" t="s">
-        <v>219</v>
+        <v>223</v>
       </c>
       <c r="E883" t="s">
-        <v>220</v>
+        <v>224</v>
       </c>
       <c r="F883" t="s">
-        <v>1546</v>
+        <v>1547</v>
       </c>
     </row>
     <row r="884" spans="1:6">
       <c r="A884" t="s">
-        <v>1547</v>
+        <v>1548</v>
       </c>
       <c r="B884" t="s">
         <v>1181</v>
       </c>
       <c r="C884" t="s">
-        <v>214</v>
+        <v>212</v>
       </c>
       <c r="D884" t="s">
-        <v>223</v>
+        <v>227</v>
       </c>
       <c r="E884" t="s">
-        <v>224</v>
+        <v>228</v>
       </c>
       <c r="F884" t="s">
-        <v>1548</v>
+        <v>602</v>
       </c>
     </row>
     <row r="885" spans="1:6">
       <c r="A885" t="s">
         <v>1549</v>
       </c>
       <c r="B885" t="s">
         <v>1181</v>
       </c>
       <c r="C885" t="s">
         <v>214</v>
       </c>
       <c r="D885" t="s">
-        <v>227</v>
+        <v>219</v>
       </c>
       <c r="E885" t="s">
-        <v>228</v>
+        <v>220</v>
       </c>
       <c r="F885" t="s">
-        <v>602</v>
+        <v>1550</v>
       </c>
     </row>
     <row r="886" spans="1:6">
       <c r="A886" t="s">
-        <v>1550</v>
+        <v>1551</v>
       </c>
       <c r="B886" t="s">
         <v>1181</v>
       </c>
       <c r="C886" t="s">
-        <v>312</v>
+        <v>214</v>
       </c>
       <c r="D886" t="s">
-        <v>219</v>
+        <v>223</v>
       </c>
       <c r="E886" t="s">
-        <v>220</v>
+        <v>224</v>
       </c>
       <c r="F886" t="s">
-        <v>1551</v>
+        <v>1552</v>
       </c>
     </row>
     <row r="887" spans="1:6">
       <c r="A887" t="s">
-        <v>1552</v>
+        <v>1553</v>
       </c>
       <c r="B887" t="s">
         <v>1181</v>
       </c>
       <c r="C887" t="s">
-        <v>312</v>
+        <v>214</v>
       </c>
       <c r="D887" t="s">
-        <v>223</v>
+        <v>227</v>
       </c>
       <c r="E887" t="s">
-        <v>224</v>
+        <v>228</v>
       </c>
       <c r="F887" t="s">
-        <v>1553</v>
+        <v>602</v>
       </c>
     </row>
     <row r="888" spans="1:6">
       <c r="A888" t="s">
         <v>1554</v>
       </c>
       <c r="B888" t="s">
         <v>1181</v>
       </c>
       <c r="C888" t="s">
         <v>312</v>
       </c>
       <c r="D888" t="s">
-        <v>227</v>
+        <v>219</v>
       </c>
       <c r="E888" t="s">
-        <v>228</v>
+        <v>220</v>
       </c>
       <c r="F888" t="s">
-        <v>602</v>
+        <v>1555</v>
       </c>
     </row>
     <row r="889" spans="1:6">
       <c r="A889" t="s">
-        <v>1555</v>
+        <v>1556</v>
       </c>
       <c r="B889" t="s">
         <v>1181</v>
       </c>
       <c r="C889" t="s">
-        <v>316</v>
+        <v>312</v>
       </c>
       <c r="D889" t="s">
-        <v>219</v>
+        <v>223</v>
       </c>
       <c r="E889" t="s">
-        <v>220</v>
+        <v>224</v>
       </c>
       <c r="F889" t="s">
-        <v>1556</v>
+        <v>1557</v>
       </c>
     </row>
     <row r="890" spans="1:6">
       <c r="A890" t="s">
-        <v>1557</v>
+        <v>1558</v>
       </c>
       <c r="B890" t="s">
         <v>1181</v>
       </c>
       <c r="C890" t="s">
-        <v>316</v>
+        <v>312</v>
       </c>
       <c r="D890" t="s">
-        <v>223</v>
+        <v>227</v>
       </c>
       <c r="E890" t="s">
-        <v>224</v>
+        <v>228</v>
       </c>
       <c r="F890" t="s">
-        <v>1558</v>
+        <v>602</v>
       </c>
     </row>
     <row r="891" spans="1:6">
       <c r="A891" t="s">
         <v>1559</v>
       </c>
       <c r="B891" t="s">
         <v>1181</v>
       </c>
       <c r="C891" t="s">
         <v>316</v>
       </c>
       <c r="D891" t="s">
-        <v>227</v>
+        <v>219</v>
       </c>
       <c r="E891" t="s">
-        <v>228</v>
+        <v>220</v>
       </c>
       <c r="F891" t="s">
-        <v>602</v>
+        <v>1560</v>
       </c>
     </row>
     <row r="892" spans="1:6">
       <c r="A892" t="s">
-        <v>1560</v>
+        <v>1561</v>
       </c>
       <c r="B892" t="s">
         <v>1181</v>
       </c>
       <c r="C892" t="s">
-        <v>320</v>
+        <v>316</v>
       </c>
       <c r="D892" t="s">
-        <v>219</v>
+        <v>223</v>
       </c>
       <c r="E892" t="s">
-        <v>220</v>
+        <v>224</v>
       </c>
       <c r="F892" t="s">
-        <v>1561</v>
+        <v>1562</v>
       </c>
     </row>
     <row r="893" spans="1:6">
       <c r="A893" t="s">
-        <v>1562</v>
+        <v>1563</v>
       </c>
       <c r="B893" t="s">
         <v>1181</v>
       </c>
       <c r="C893" t="s">
-        <v>320</v>
+        <v>316</v>
       </c>
       <c r="D893" t="s">
-        <v>223</v>
+        <v>227</v>
       </c>
       <c r="E893" t="s">
-        <v>224</v>
+        <v>228</v>
       </c>
       <c r="F893" t="s">
-        <v>1563</v>
+        <v>602</v>
       </c>
     </row>
     <row r="894" spans="1:6">
       <c r="A894" t="s">
         <v>1564</v>
       </c>
       <c r="B894" t="s">
         <v>1181</v>
       </c>
       <c r="C894" t="s">
         <v>320</v>
       </c>
       <c r="D894" t="s">
-        <v>227</v>
+        <v>219</v>
       </c>
       <c r="E894" t="s">
-        <v>228</v>
+        <v>220</v>
       </c>
       <c r="F894" t="s">
-        <v>602</v>
+        <v>1565</v>
       </c>
     </row>
     <row r="895" spans="1:6">
       <c r="A895" t="s">
-        <v>1565</v>
+        <v>1566</v>
       </c>
       <c r="B895" t="s">
         <v>1181</v>
       </c>
       <c r="C895" t="s">
-        <v>324</v>
+        <v>320</v>
       </c>
       <c r="D895" t="s">
-        <v>219</v>
+        <v>223</v>
       </c>
       <c r="E895" t="s">
-        <v>220</v>
+        <v>224</v>
       </c>
       <c r="F895" t="s">
-        <v>1566</v>
+        <v>1567</v>
       </c>
     </row>
     <row r="896" spans="1:6">
       <c r="A896" t="s">
-        <v>1567</v>
+        <v>1568</v>
       </c>
       <c r="B896" t="s">
         <v>1181</v>
       </c>
       <c r="C896" t="s">
-        <v>324</v>
+        <v>320</v>
       </c>
       <c r="D896" t="s">
-        <v>223</v>
+        <v>227</v>
       </c>
       <c r="E896" t="s">
-        <v>224</v>
+        <v>228</v>
       </c>
       <c r="F896" t="s">
-        <v>1568</v>
+        <v>602</v>
       </c>
     </row>
     <row r="897" spans="1:6">
       <c r="A897" t="s">
         <v>1569</v>
       </c>
       <c r="B897" t="s">
         <v>1181</v>
       </c>
       <c r="C897" t="s">
         <v>324</v>
       </c>
       <c r="D897" t="s">
-        <v>227</v>
+        <v>219</v>
       </c>
       <c r="E897" t="s">
-        <v>228</v>
+        <v>220</v>
       </c>
       <c r="F897" t="s">
-        <v>602</v>
+        <v>1570</v>
       </c>
     </row>
     <row r="898" spans="1:6">
       <c r="A898" t="s">
-        <v>1570</v>
+        <v>1571</v>
       </c>
       <c r="B898" t="s">
         <v>1181</v>
       </c>
       <c r="C898" t="s">
-        <v>328</v>
+        <v>324</v>
       </c>
       <c r="D898" t="s">
-        <v>219</v>
+        <v>223</v>
       </c>
       <c r="E898" t="s">
-        <v>220</v>
+        <v>224</v>
       </c>
       <c r="F898" t="s">
-        <v>1571</v>
+        <v>1572</v>
       </c>
     </row>
     <row r="899" spans="1:6">
       <c r="A899" t="s">
-        <v>1572</v>
+        <v>1573</v>
       </c>
       <c r="B899" t="s">
         <v>1181</v>
       </c>
       <c r="C899" t="s">
-        <v>328</v>
+        <v>324</v>
       </c>
       <c r="D899" t="s">
-        <v>223</v>
+        <v>227</v>
       </c>
       <c r="E899" t="s">
-        <v>224</v>
+        <v>228</v>
       </c>
       <c r="F899" t="s">
-        <v>1573</v>
+        <v>602</v>
       </c>
     </row>
     <row r="900" spans="1:6">
       <c r="A900" t="s">
         <v>1574</v>
       </c>
       <c r="B900" t="s">
         <v>1181</v>
       </c>
       <c r="C900" t="s">
         <v>328</v>
       </c>
       <c r="D900" t="s">
-        <v>227</v>
+        <v>219</v>
       </c>
       <c r="E900" t="s">
-        <v>228</v>
+        <v>220</v>
       </c>
       <c r="F900" t="s">
-        <v>602</v>
+        <v>1575</v>
       </c>
     </row>
     <row r="901" spans="1:6">
       <c r="A901" t="s">
-        <v>1575</v>
+        <v>1576</v>
       </c>
       <c r="B901" t="s">
         <v>1181</v>
       </c>
       <c r="C901" t="s">
-        <v>332</v>
+        <v>328</v>
       </c>
       <c r="D901" t="s">
-        <v>219</v>
+        <v>223</v>
       </c>
       <c r="E901" t="s">
-        <v>220</v>
+        <v>224</v>
       </c>
       <c r="F901" t="s">
-        <v>1576</v>
+        <v>1577</v>
       </c>
     </row>
     <row r="902" spans="1:6">
       <c r="A902" t="s">
-        <v>1577</v>
+        <v>1578</v>
       </c>
       <c r="B902" t="s">
         <v>1181</v>
       </c>
       <c r="C902" t="s">
-        <v>332</v>
+        <v>328</v>
       </c>
       <c r="D902" t="s">
-        <v>223</v>
+        <v>227</v>
       </c>
       <c r="E902" t="s">
-        <v>224</v>
+        <v>228</v>
       </c>
       <c r="F902" t="s">
-        <v>1578</v>
+        <v>602</v>
       </c>
     </row>
     <row r="903" spans="1:6">
       <c r="A903" t="s">
         <v>1579</v>
       </c>
       <c r="B903" t="s">
         <v>1181</v>
       </c>
       <c r="C903" t="s">
         <v>332</v>
       </c>
       <c r="D903" t="s">
-        <v>227</v>
+        <v>219</v>
       </c>
       <c r="E903" t="s">
-        <v>228</v>
+        <v>220</v>
       </c>
       <c r="F903" t="s">
-        <v>602</v>
+        <v>1580</v>
       </c>
     </row>
     <row r="904" spans="1:6">
       <c r="A904" t="s">
-        <v>1580</v>
+        <v>1581</v>
       </c>
       <c r="B904" t="s">
         <v>1181</v>
       </c>
       <c r="C904" t="s">
-        <v>336</v>
+        <v>332</v>
       </c>
       <c r="D904" t="s">
-        <v>219</v>
+        <v>223</v>
       </c>
       <c r="E904" t="s">
-        <v>220</v>
+        <v>224</v>
       </c>
       <c r="F904" t="s">
-        <v>1581</v>
+        <v>1582</v>
       </c>
     </row>
     <row r="905" spans="1:6">
       <c r="A905" t="s">
-        <v>1582</v>
+        <v>1583</v>
       </c>
       <c r="B905" t="s">
         <v>1181</v>
       </c>
       <c r="C905" t="s">
-        <v>336</v>
+        <v>332</v>
       </c>
       <c r="D905" t="s">
-        <v>223</v>
+        <v>227</v>
       </c>
       <c r="E905" t="s">
-        <v>224</v>
+        <v>228</v>
       </c>
       <c r="F905" t="s">
-        <v>1583</v>
+        <v>602</v>
       </c>
     </row>
     <row r="906" spans="1:6">
       <c r="A906" t="s">
         <v>1584</v>
       </c>
       <c r="B906" t="s">
         <v>1181</v>
       </c>
       <c r="C906" t="s">
         <v>336</v>
       </c>
       <c r="D906" t="s">
-        <v>227</v>
+        <v>219</v>
       </c>
       <c r="E906" t="s">
-        <v>228</v>
+        <v>220</v>
       </c>
       <c r="F906" t="s">
-        <v>602</v>
+        <v>1585</v>
       </c>
     </row>
     <row r="907" spans="1:6">
       <c r="A907" t="s">
-        <v>1585</v>
+        <v>1586</v>
       </c>
       <c r="B907" t="s">
         <v>1181</v>
       </c>
       <c r="C907" t="s">
-        <v>340</v>
+        <v>336</v>
       </c>
       <c r="D907" t="s">
-        <v>219</v>
+        <v>223</v>
       </c>
       <c r="E907" t="s">
-        <v>220</v>
+        <v>224</v>
       </c>
       <c r="F907" t="s">
-        <v>1586</v>
+        <v>1587</v>
       </c>
     </row>
     <row r="908" spans="1:6">
       <c r="A908" t="s">
-        <v>1587</v>
+        <v>1588</v>
       </c>
       <c r="B908" t="s">
         <v>1181</v>
       </c>
       <c r="C908" t="s">
-        <v>340</v>
+        <v>336</v>
       </c>
       <c r="D908" t="s">
-        <v>223</v>
+        <v>227</v>
       </c>
       <c r="E908" t="s">
-        <v>224</v>
+        <v>228</v>
       </c>
       <c r="F908" t="s">
-        <v>1588</v>
+        <v>602</v>
       </c>
     </row>
     <row r="909" spans="1:6">
       <c r="A909" t="s">
         <v>1589</v>
       </c>
       <c r="B909" t="s">
         <v>1181</v>
       </c>
       <c r="C909" t="s">
         <v>340</v>
       </c>
       <c r="D909" t="s">
-        <v>227</v>
+        <v>219</v>
       </c>
       <c r="E909" t="s">
-        <v>228</v>
+        <v>220</v>
       </c>
       <c r="F909" t="s">
-        <v>602</v>
+        <v>1590</v>
       </c>
     </row>
     <row r="910" spans="1:6">
       <c r="A910" t="s">
-        <v>1590</v>
+        <v>1591</v>
       </c>
       <c r="B910" t="s">
         <v>1181</v>
       </c>
       <c r="C910" t="s">
-        <v>344</v>
+        <v>340</v>
       </c>
       <c r="D910" t="s">
-        <v>219</v>
+        <v>223</v>
       </c>
       <c r="E910" t="s">
-        <v>220</v>
+        <v>224</v>
       </c>
       <c r="F910" t="s">
-        <v>1591</v>
+        <v>1592</v>
       </c>
     </row>
     <row r="911" spans="1:6">
       <c r="A911" t="s">
-        <v>1592</v>
+        <v>1593</v>
       </c>
       <c r="B911" t="s">
         <v>1181</v>
       </c>
       <c r="C911" t="s">
-        <v>344</v>
+        <v>340</v>
       </c>
       <c r="D911" t="s">
-        <v>223</v>
+        <v>227</v>
       </c>
       <c r="E911" t="s">
-        <v>224</v>
+        <v>228</v>
       </c>
       <c r="F911" t="s">
-        <v>1593</v>
+        <v>602</v>
       </c>
     </row>
     <row r="912" spans="1:6">
       <c r="A912" t="s">
         <v>1594</v>
       </c>
       <c r="B912" t="s">
         <v>1181</v>
       </c>
       <c r="C912" t="s">
         <v>344</v>
       </c>
       <c r="D912" t="s">
-        <v>227</v>
+        <v>219</v>
       </c>
       <c r="E912" t="s">
-        <v>228</v>
+        <v>220</v>
       </c>
       <c r="F912" t="s">
-        <v>602</v>
+        <v>1595</v>
       </c>
     </row>
     <row r="913" spans="1:6">
       <c r="A913" t="s">
-        <v>1595</v>
+        <v>1596</v>
       </c>
       <c r="B913" t="s">
         <v>1181</v>
       </c>
       <c r="C913" t="s">
-        <v>348</v>
+        <v>344</v>
       </c>
       <c r="D913" t="s">
-        <v>227</v>
+        <v>223</v>
       </c>
       <c r="E913" t="s">
-        <v>228</v>
+        <v>224</v>
       </c>
       <c r="F913" t="s">
-        <v>602</v>
+        <v>1597</v>
       </c>
     </row>
     <row r="914" spans="1:6">
       <c r="A914" t="s">
-        <v>1596</v>
+        <v>1598</v>
       </c>
       <c r="B914" t="s">
         <v>1181</v>
       </c>
       <c r="C914" t="s">
-        <v>348</v>
+        <v>344</v>
       </c>
       <c r="D914" t="s">
-        <v>219</v>
+        <v>227</v>
       </c>
       <c r="E914" t="s">
-        <v>220</v>
+        <v>228</v>
       </c>
       <c r="F914" t="s">
-        <v>1597</v>
+        <v>602</v>
       </c>
     </row>
     <row r="915" spans="1:6">
       <c r="A915" t="s">
-        <v>1598</v>
+        <v>1599</v>
       </c>
       <c r="B915" t="s">
         <v>1181</v>
       </c>
       <c r="C915" t="s">
         <v>348</v>
       </c>
       <c r="D915" t="s">
-        <v>223</v>
+        <v>227</v>
       </c>
       <c r="E915" t="s">
-        <v>224</v>
+        <v>228</v>
       </c>
       <c r="F915" t="s">
-        <v>1599</v>
+        <v>602</v>
       </c>
     </row>
     <row r="916" spans="1:6">
       <c r="A916" t="s">
         <v>1600</v>
       </c>
       <c r="B916" t="s">
         <v>1181</v>
       </c>
       <c r="C916" t="s">
-        <v>352</v>
+        <v>348</v>
       </c>
       <c r="D916" t="s">
         <v>219</v>
       </c>
       <c r="E916" t="s">
         <v>220</v>
       </c>
       <c r="F916" t="s">
         <v>1601</v>
       </c>
     </row>
     <row r="917" spans="1:6">
       <c r="A917" t="s">
         <v>1602</v>
       </c>
       <c r="B917" t="s">
         <v>1181</v>
       </c>
       <c r="C917" t="s">
-        <v>352</v>
+        <v>348</v>
       </c>
       <c r="D917" t="s">
         <v>223</v>
       </c>
       <c r="E917" t="s">
         <v>224</v>
       </c>
       <c r="F917" t="s">
         <v>1603</v>
       </c>
     </row>
     <row r="918" spans="1:6">
       <c r="A918" t="s">
         <v>1604</v>
       </c>
       <c r="B918" t="s">
         <v>1181</v>
       </c>
       <c r="C918" t="s">
         <v>352</v>
       </c>
       <c r="D918" t="s">
-        <v>227</v>
+        <v>219</v>
       </c>
       <c r="E918" t="s">
-        <v>228</v>
+        <v>220</v>
       </c>
       <c r="F918" t="s">
-        <v>602</v>
+        <v>1605</v>
       </c>
     </row>
     <row r="919" spans="1:6">
       <c r="A919" t="s">
-        <v>1605</v>
+        <v>1606</v>
       </c>
       <c r="B919" t="s">
         <v>1181</v>
       </c>
       <c r="C919" t="s">
-        <v>356</v>
+        <v>352</v>
       </c>
       <c r="D919" t="s">
-        <v>219</v>
+        <v>223</v>
       </c>
       <c r="E919" t="s">
-        <v>220</v>
+        <v>224</v>
       </c>
       <c r="F919" t="s">
-        <v>1606</v>
+        <v>1607</v>
       </c>
     </row>
     <row r="920" spans="1:6">
       <c r="A920" t="s">
-        <v>1607</v>
+        <v>1608</v>
       </c>
       <c r="B920" t="s">
         <v>1181</v>
       </c>
       <c r="C920" t="s">
-        <v>356</v>
+        <v>352</v>
       </c>
       <c r="D920" t="s">
-        <v>223</v>
+        <v>227</v>
       </c>
       <c r="E920" t="s">
-        <v>224</v>
+        <v>228</v>
       </c>
       <c r="F920" t="s">
-        <v>1608</v>
+        <v>602</v>
       </c>
     </row>
     <row r="921" spans="1:6">
       <c r="A921" t="s">
         <v>1609</v>
       </c>
       <c r="B921" t="s">
         <v>1181</v>
       </c>
       <c r="C921" t="s">
         <v>356</v>
       </c>
       <c r="D921" t="s">
-        <v>227</v>
+        <v>219</v>
       </c>
       <c r="E921" t="s">
-        <v>228</v>
+        <v>220</v>
       </c>
       <c r="F921" t="s">
-        <v>602</v>
+        <v>1610</v>
       </c>
     </row>
     <row r="922" spans="1:6">
       <c r="A922" t="s">
-        <v>1610</v>
+        <v>1611</v>
       </c>
       <c r="B922" t="s">
         <v>1181</v>
       </c>
       <c r="C922" t="s">
-        <v>360</v>
+        <v>356</v>
       </c>
       <c r="D922" t="s">
-        <v>219</v>
+        <v>223</v>
       </c>
       <c r="E922" t="s">
-        <v>220</v>
+        <v>224</v>
       </c>
       <c r="F922" t="s">
-        <v>1611</v>
+        <v>1612</v>
       </c>
     </row>
     <row r="923" spans="1:6">
       <c r="A923" t="s">
-        <v>1612</v>
+        <v>1613</v>
       </c>
       <c r="B923" t="s">
         <v>1181</v>
       </c>
       <c r="C923" t="s">
-        <v>360</v>
+        <v>356</v>
       </c>
       <c r="D923" t="s">
-        <v>223</v>
+        <v>227</v>
       </c>
       <c r="E923" t="s">
-        <v>224</v>
+        <v>228</v>
       </c>
       <c r="F923" t="s">
-        <v>1613</v>
+        <v>602</v>
       </c>
     </row>
     <row r="924" spans="1:6">
       <c r="A924" t="s">
         <v>1614</v>
       </c>
       <c r="B924" t="s">
         <v>1181</v>
       </c>
       <c r="C924" t="s">
         <v>360</v>
       </c>
       <c r="D924" t="s">
-        <v>227</v>
+        <v>219</v>
       </c>
       <c r="E924" t="s">
-        <v>228</v>
+        <v>220</v>
       </c>
       <c r="F924" t="s">
-        <v>602</v>
+        <v>1615</v>
       </c>
     </row>
     <row r="925" spans="1:6">
       <c r="A925" t="s">
-        <v>1615</v>
+        <v>1616</v>
       </c>
       <c r="B925" t="s">
         <v>1181</v>
       </c>
       <c r="C925" t="s">
-        <v>364</v>
+        <v>360</v>
       </c>
       <c r="D925" t="s">
-        <v>219</v>
+        <v>223</v>
       </c>
       <c r="E925" t="s">
-        <v>220</v>
+        <v>224</v>
       </c>
       <c r="F925" t="s">
-        <v>1616</v>
+        <v>1617</v>
       </c>
     </row>
     <row r="926" spans="1:6">
       <c r="A926" t="s">
-        <v>1617</v>
+        <v>1618</v>
       </c>
       <c r="B926" t="s">
         <v>1181</v>
       </c>
       <c r="C926" t="s">
-        <v>364</v>
+        <v>360</v>
       </c>
       <c r="D926" t="s">
-        <v>223</v>
+        <v>227</v>
       </c>
       <c r="E926" t="s">
-        <v>224</v>
+        <v>228</v>
       </c>
       <c r="F926" t="s">
-        <v>1618</v>
+        <v>602</v>
       </c>
     </row>
     <row r="927" spans="1:6">
       <c r="A927" t="s">
         <v>1619</v>
       </c>
       <c r="B927" t="s">
         <v>1181</v>
       </c>
       <c r="C927" t="s">
         <v>364</v>
       </c>
       <c r="D927" t="s">
-        <v>227</v>
+        <v>219</v>
       </c>
       <c r="E927" t="s">
-        <v>228</v>
+        <v>220</v>
       </c>
       <c r="F927" t="s">
-        <v>602</v>
+        <v>1620</v>
       </c>
     </row>
     <row r="928" spans="1:6">
       <c r="A928" t="s">
-        <v>1620</v>
+        <v>1621</v>
       </c>
       <c r="B928" t="s">
         <v>1181</v>
       </c>
       <c r="C928" t="s">
-        <v>368</v>
+        <v>364</v>
       </c>
       <c r="D928" t="s">
-        <v>219</v>
+        <v>223</v>
       </c>
       <c r="E928" t="s">
-        <v>220</v>
+        <v>224</v>
       </c>
       <c r="F928" t="s">
-        <v>1621</v>
+        <v>1622</v>
       </c>
     </row>
     <row r="929" spans="1:6">
       <c r="A929" t="s">
-        <v>1622</v>
+        <v>1623</v>
       </c>
       <c r="B929" t="s">
         <v>1181</v>
       </c>
       <c r="C929" t="s">
-        <v>368</v>
+        <v>364</v>
       </c>
       <c r="D929" t="s">
-        <v>223</v>
+        <v>227</v>
       </c>
       <c r="E929" t="s">
-        <v>224</v>
+        <v>228</v>
       </c>
       <c r="F929" t="s">
-        <v>1623</v>
+        <v>602</v>
       </c>
     </row>
     <row r="930" spans="1:6">
       <c r="A930" t="s">
         <v>1624</v>
       </c>
       <c r="B930" t="s">
         <v>1181</v>
       </c>
       <c r="C930" t="s">
         <v>368</v>
       </c>
       <c r="D930" t="s">
-        <v>227</v>
+        <v>219</v>
       </c>
       <c r="E930" t="s">
-        <v>228</v>
+        <v>220</v>
       </c>
       <c r="F930" t="s">
-        <v>602</v>
+        <v>1625</v>
       </c>
     </row>
     <row r="931" spans="1:6">
       <c r="A931" t="s">
-        <v>1625</v>
+        <v>1626</v>
       </c>
       <c r="B931" t="s">
         <v>1181</v>
       </c>
       <c r="C931" t="s">
-        <v>371</v>
+        <v>368</v>
       </c>
       <c r="D931" t="s">
-        <v>219</v>
+        <v>223</v>
       </c>
       <c r="E931" t="s">
-        <v>220</v>
+        <v>224</v>
       </c>
       <c r="F931" t="s">
-        <v>1626</v>
+        <v>1627</v>
       </c>
     </row>
     <row r="932" spans="1:6">
       <c r="A932" t="s">
-        <v>1627</v>
+        <v>1628</v>
       </c>
       <c r="B932" t="s">
         <v>1181</v>
       </c>
       <c r="C932" t="s">
-        <v>371</v>
+        <v>368</v>
       </c>
       <c r="D932" t="s">
-        <v>223</v>
+        <v>227</v>
       </c>
       <c r="E932" t="s">
-        <v>224</v>
+        <v>228</v>
       </c>
       <c r="F932" t="s">
-        <v>1628</v>
+        <v>602</v>
       </c>
     </row>
     <row r="933" spans="1:6">
       <c r="A933" t="s">
         <v>1629</v>
       </c>
       <c r="B933" t="s">
         <v>1181</v>
       </c>
       <c r="C933" t="s">
         <v>371</v>
       </c>
       <c r="D933" t="s">
-        <v>227</v>
+        <v>219</v>
       </c>
       <c r="E933" t="s">
-        <v>228</v>
+        <v>220</v>
       </c>
       <c r="F933" t="s">
-        <v>602</v>
+        <v>1630</v>
       </c>
     </row>
     <row r="934" spans="1:6">
       <c r="A934" t="s">
-        <v>1630</v>
+        <v>1631</v>
       </c>
       <c r="B934" t="s">
         <v>1181</v>
       </c>
       <c r="C934" t="s">
-        <v>374</v>
+        <v>371</v>
       </c>
       <c r="D934" t="s">
-        <v>219</v>
+        <v>223</v>
       </c>
       <c r="E934" t="s">
-        <v>220</v>
+        <v>224</v>
       </c>
       <c r="F934" t="s">
-        <v>1631</v>
+        <v>1632</v>
       </c>
     </row>
     <row r="935" spans="1:6">
       <c r="A935" t="s">
-        <v>1632</v>
+        <v>1633</v>
       </c>
       <c r="B935" t="s">
         <v>1181</v>
       </c>
       <c r="C935" t="s">
-        <v>374</v>
+        <v>371</v>
       </c>
       <c r="D935" t="s">
-        <v>223</v>
+        <v>227</v>
       </c>
       <c r="E935" t="s">
-        <v>224</v>
+        <v>228</v>
       </c>
       <c r="F935" t="s">
-        <v>1633</v>
+        <v>602</v>
       </c>
     </row>
     <row r="936" spans="1:6">
       <c r="A936" t="s">
         <v>1634</v>
       </c>
       <c r="B936" t="s">
         <v>1181</v>
       </c>
       <c r="C936" t="s">
         <v>374</v>
       </c>
       <c r="D936" t="s">
-        <v>227</v>
+        <v>219</v>
       </c>
       <c r="E936" t="s">
-        <v>228</v>
+        <v>220</v>
       </c>
       <c r="F936" t="s">
-        <v>602</v>
+        <v>1635</v>
       </c>
     </row>
     <row r="937" spans="1:6">
       <c r="A937" t="s">
-        <v>1635</v>
+        <v>1636</v>
       </c>
       <c r="B937" t="s">
         <v>1181</v>
       </c>
       <c r="C937" t="s">
-        <v>377</v>
+        <v>374</v>
       </c>
       <c r="D937" t="s">
-        <v>219</v>
+        <v>223</v>
       </c>
       <c r="E937" t="s">
-        <v>220</v>
+        <v>224</v>
       </c>
       <c r="F937" t="s">
-        <v>1636</v>
+        <v>1637</v>
       </c>
     </row>
     <row r="938" spans="1:6">
       <c r="A938" t="s">
-        <v>1637</v>
+        <v>1638</v>
       </c>
       <c r="B938" t="s">
         <v>1181</v>
       </c>
       <c r="C938" t="s">
-        <v>377</v>
+        <v>374</v>
       </c>
       <c r="D938" t="s">
-        <v>223</v>
+        <v>227</v>
       </c>
       <c r="E938" t="s">
-        <v>224</v>
+        <v>228</v>
       </c>
       <c r="F938" t="s">
-        <v>1638</v>
+        <v>602</v>
       </c>
     </row>
     <row r="939" spans="1:6">
       <c r="A939" t="s">
         <v>1639</v>
       </c>
       <c r="B939" t="s">
         <v>1181</v>
       </c>
       <c r="C939" t="s">
         <v>377</v>
       </c>
       <c r="D939" t="s">
-        <v>227</v>
+        <v>219</v>
       </c>
       <c r="E939" t="s">
-        <v>228</v>
+        <v>220</v>
       </c>
       <c r="F939" t="s">
-        <v>602</v>
+        <v>1640</v>
       </c>
     </row>
     <row r="940" spans="1:6">
       <c r="A940" t="s">
-        <v>1640</v>
+        <v>1641</v>
       </c>
       <c r="B940" t="s">
         <v>1181</v>
       </c>
       <c r="C940" t="s">
-        <v>380</v>
+        <v>377</v>
       </c>
       <c r="D940" t="s">
-        <v>219</v>
+        <v>223</v>
       </c>
       <c r="E940" t="s">
-        <v>220</v>
+        <v>224</v>
       </c>
       <c r="F940" t="s">
-        <v>1641</v>
+        <v>1642</v>
       </c>
     </row>
     <row r="941" spans="1:6">
       <c r="A941" t="s">
-        <v>1642</v>
+        <v>1643</v>
       </c>
       <c r="B941" t="s">
         <v>1181</v>
       </c>
       <c r="C941" t="s">
-        <v>380</v>
+        <v>377</v>
       </c>
       <c r="D941" t="s">
-        <v>223</v>
+        <v>227</v>
       </c>
       <c r="E941" t="s">
-        <v>224</v>
+        <v>228</v>
       </c>
       <c r="F941" t="s">
-        <v>1643</v>
+        <v>602</v>
       </c>
     </row>
     <row r="942" spans="1:6">
       <c r="A942" t="s">
         <v>1644</v>
       </c>
       <c r="B942" t="s">
         <v>1181</v>
       </c>
       <c r="C942" t="s">
         <v>380</v>
       </c>
       <c r="D942" t="s">
-        <v>227</v>
+        <v>219</v>
       </c>
       <c r="E942" t="s">
-        <v>228</v>
+        <v>220</v>
       </c>
       <c r="F942" t="s">
-        <v>228</v>
+        <v>1645</v>
       </c>
     </row>
     <row r="943" spans="1:6">
       <c r="A943" t="s">
-        <v>1645</v>
+        <v>1646</v>
       </c>
       <c r="B943" t="s">
         <v>1181</v>
       </c>
       <c r="C943" t="s">
-        <v>222</v>
+        <v>380</v>
       </c>
       <c r="D943" t="s">
         <v>223</v>
       </c>
       <c r="E943" t="s">
         <v>224</v>
       </c>
       <c r="F943" t="s">
-        <v>1646</v>
+        <v>1647</v>
       </c>
     </row>
     <row r="944" spans="1:6">
       <c r="A944" t="s">
-        <v>1647</v>
+        <v>1648</v>
       </c>
       <c r="B944" t="s">
         <v>1181</v>
       </c>
       <c r="C944" t="s">
-        <v>222</v>
+        <v>380</v>
       </c>
       <c r="D944" t="s">
         <v>227</v>
       </c>
       <c r="E944" t="s">
         <v>228</v>
       </c>
       <c r="F944" t="s">
         <v>228</v>
       </c>
     </row>
     <row r="945" spans="1:6">
       <c r="A945" t="s">
-        <v>1648</v>
+        <v>1649</v>
       </c>
       <c r="B945" t="s">
         <v>1181</v>
       </c>
       <c r="C945" t="s">
-        <v>232</v>
+        <v>222</v>
       </c>
       <c r="D945" t="s">
         <v>223</v>
       </c>
       <c r="E945" t="s">
         <v>224</v>
       </c>
       <c r="F945" t="s">
-        <v>1649</v>
+        <v>1650</v>
       </c>
     </row>
     <row r="946" spans="1:6">
       <c r="A946" t="s">
-        <v>1650</v>
+        <v>1651</v>
       </c>
       <c r="B946" t="s">
         <v>1181</v>
       </c>
       <c r="C946" t="s">
-        <v>232</v>
+        <v>222</v>
       </c>
       <c r="D946" t="s">
         <v>227</v>
       </c>
       <c r="E946" t="s">
         <v>228</v>
       </c>
       <c r="F946" t="s">
         <v>228</v>
       </c>
     </row>
     <row r="947" spans="1:6">
       <c r="A947" t="s">
-        <v>1651</v>
+        <v>1652</v>
       </c>
       <c r="B947" t="s">
         <v>1181</v>
       </c>
       <c r="C947" t="s">
-        <v>236</v>
+        <v>232</v>
       </c>
       <c r="D947" t="s">
         <v>223</v>
       </c>
       <c r="E947" t="s">
         <v>224</v>
       </c>
       <c r="F947" t="s">
-        <v>1652</v>
+        <v>1653</v>
       </c>
     </row>
     <row r="948" spans="1:6">
       <c r="A948" t="s">
-        <v>1653</v>
+        <v>1654</v>
       </c>
       <c r="B948" t="s">
         <v>1181</v>
       </c>
       <c r="C948" t="s">
-        <v>236</v>
+        <v>232</v>
       </c>
       <c r="D948" t="s">
         <v>227</v>
       </c>
       <c r="E948" t="s">
         <v>228</v>
       </c>
       <c r="F948" t="s">
         <v>228</v>
       </c>
     </row>
     <row r="949" spans="1:6">
       <c r="A949" t="s">
-        <v>1654</v>
+        <v>1655</v>
       </c>
       <c r="B949" t="s">
         <v>1181</v>
       </c>
       <c r="C949" t="s">
-        <v>240</v>
+        <v>236</v>
       </c>
       <c r="D949" t="s">
         <v>223</v>
       </c>
       <c r="E949" t="s">
         <v>224</v>
       </c>
       <c r="F949" t="s">
-        <v>1655</v>
+        <v>1656</v>
       </c>
     </row>
     <row r="950" spans="1:6">
       <c r="A950" t="s">
-        <v>1656</v>
+        <v>1657</v>
       </c>
       <c r="B950" t="s">
         <v>1181</v>
       </c>
       <c r="C950" t="s">
-        <v>240</v>
+        <v>236</v>
       </c>
       <c r="D950" t="s">
         <v>227</v>
       </c>
       <c r="E950" t="s">
         <v>228</v>
       </c>
       <c r="F950" t="s">
         <v>228</v>
       </c>
     </row>
     <row r="951" spans="1:6">
       <c r="A951" t="s">
-        <v>1657</v>
+        <v>1658</v>
       </c>
       <c r="B951" t="s">
         <v>1181</v>
       </c>
       <c r="C951" t="s">
+        <v>240</v>
+      </c>
+      <c r="D951" t="s">
+        <v>223</v>
+      </c>
+      <c r="E951" t="s">
+        <v>224</v>
+      </c>
+      <c r="F951" t="s">
+        <v>1659</v>
+      </c>
+    </row>
+    <row r="952" spans="1:6">
+      <c r="A952" t="s">
+        <v>1660</v>
+      </c>
+      <c r="B952" t="s">
+        <v>1181</v>
+      </c>
+      <c r="C952" t="s">
+        <v>240</v>
+      </c>
+      <c r="D952" t="s">
+        <v>227</v>
+      </c>
+      <c r="E952" t="s">
+        <v>228</v>
+      </c>
+      <c r="F952" t="s">
+        <v>228</v>
+      </c>
+    </row>
+    <row r="953" spans="1:6">
+      <c r="A953" t="s">
+        <v>1661</v>
+      </c>
+      <c r="B953" t="s">
+        <v>1181</v>
+      </c>
+      <c r="C953" t="s">
         <v>244</v>
       </c>
-      <c r="D951" t="s">
+      <c r="D953" t="s">
         <v>227</v>
       </c>
-      <c r="E951" t="s">
+      <c r="E953" t="s">
         <v>228</v>
       </c>
-      <c r="F951" t="s">
+      <c r="F953" t="s">
         <v>228</v>
+      </c>
+    </row>
+    <row r="954" spans="1:6">
+      <c r="A954" t="s">
+        <v>1662</v>
+      </c>
+      <c r="B954" t="s">
+        <v>1663</v>
+      </c>
+      <c r="C954" t="s">
+        <v>8</v>
+      </c>
+      <c r="D954" t="s">
+        <v>25</v>
+      </c>
+      <c r="E954" t="s">
+        <v>26</v>
+      </c>
+      <c r="F954" t="s">
+        <v>1664</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>